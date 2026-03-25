--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -193,62 +193,62 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00092214">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Назив предмета: </w:t>
             </w:r>
             <w:r w:rsidR="00613287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Земљани радови</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092214" w:rsidRPr="00092214" w14:paraId="73CFE19B" w14:textId="77777777" w:rsidTr="00834605">
+      <w:tr w:rsidR="00092214" w:rsidRPr="00092214" w14:paraId="73CFE19B" w14:textId="77777777" w:rsidTr="00AD72C7">
         <w:trPr>
-          <w:trHeight w:val="227"/>
+          <w:trHeight w:val="233"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10211" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F12EB0B" w14:textId="413C079A" w:rsidR="00F41627" w:rsidRPr="00236634" w:rsidRDefault="00F41627" w:rsidP="00535C05">
+          <w:p w14:paraId="5F12EB0B" w14:textId="4CA4032A" w:rsidR="00F41627" w:rsidRPr="00236634" w:rsidRDefault="00F41627" w:rsidP="00535C05">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00092214">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник</w:t>
             </w:r>
             <w:r w:rsidRPr="00092214">
               <w:rPr>
@@ -274,111 +274,64 @@
               <w:t>наставници</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00092214">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00236634">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00236634" w:rsidRPr="00AD72C7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="sr-Cyrl-CS"/>
+                </w:rPr>
+                <w:t>Миомир Миљковић</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:r w:rsidR="006E0377" w:rsidRPr="006E0377">
-[...58 lines deleted...]
-            </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092214" w:rsidRPr="00092214" w14:paraId="1B65CEEE" w14:textId="77777777" w:rsidTr="00834605">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10211" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="090EE4A2" w14:textId="055C3032" w:rsidR="00F41627" w:rsidRPr="00092214" w:rsidRDefault="00F41627" w:rsidP="00F97CE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2293,181 +2246,181 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A5214D6" w14:textId="77777777" w:rsidR="00F41627" w:rsidRPr="00F41627" w:rsidRDefault="00F41627" w:rsidP="00C42611">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F41627" w:rsidRPr="00F41627" w:rsidSect="00834605">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="540" w:right="1276" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="771ADF2A" w14:textId="77777777" w:rsidR="00240F7F" w:rsidRDefault="00240F7F" w:rsidP="005A4C35">
+    <w:p w14:paraId="07307CCC" w14:textId="77777777" w:rsidR="002C1EE0" w:rsidRDefault="002C1EE0" w:rsidP="005A4C35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07023905" w14:textId="77777777" w:rsidR="00240F7F" w:rsidRDefault="00240F7F" w:rsidP="005A4C35">
+    <w:p w14:paraId="5C82A478" w14:textId="77777777" w:rsidR="002C1EE0" w:rsidRDefault="002C1EE0" w:rsidP="005A4C35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="027D4B61" w14:textId="77777777" w:rsidR="005A4C35" w:rsidRDefault="005A4C35">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="006E0377">
+    <w:r w:rsidR="00AD72C7">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1BC17EB7" w14:textId="77777777" w:rsidR="005A4C35" w:rsidRDefault="005A4C35">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C130B2A" w14:textId="77777777" w:rsidR="00240F7F" w:rsidRDefault="00240F7F" w:rsidP="005A4C35">
+    <w:p w14:paraId="1DCD9958" w14:textId="77777777" w:rsidR="002C1EE0" w:rsidRDefault="002C1EE0" w:rsidP="005A4C35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="238DB32F" w14:textId="77777777" w:rsidR="00240F7F" w:rsidRDefault="00240F7F" w:rsidP="005A4C35">
+    <w:p w14:paraId="22FE1A90" w14:textId="77777777" w:rsidR="002C1EE0" w:rsidRDefault="002C1EE0" w:rsidP="005A4C35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1A5847EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66EC00B8"/>
     <w:lvl w:ilvl="0" w:tplc="EF4CFF60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
@@ -3471,149 +3424,151 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A023E2"/>
     <w:rsid w:val="0008089A"/>
     <w:rsid w:val="00081151"/>
     <w:rsid w:val="00085D06"/>
     <w:rsid w:val="00092214"/>
     <w:rsid w:val="000B76BC"/>
     <w:rsid w:val="000D1E2B"/>
     <w:rsid w:val="000D4C2C"/>
     <w:rsid w:val="00217AA5"/>
     <w:rsid w:val="00236634"/>
     <w:rsid w:val="00240F7F"/>
     <w:rsid w:val="00245161"/>
     <w:rsid w:val="002578C6"/>
+    <w:rsid w:val="002C1EE0"/>
     <w:rsid w:val="002D2028"/>
     <w:rsid w:val="0037541D"/>
     <w:rsid w:val="003D7D7E"/>
     <w:rsid w:val="00473DA4"/>
     <w:rsid w:val="00491993"/>
     <w:rsid w:val="004A0BD0"/>
     <w:rsid w:val="004A5365"/>
     <w:rsid w:val="004D04A6"/>
     <w:rsid w:val="004E1B6E"/>
     <w:rsid w:val="00504B9A"/>
     <w:rsid w:val="005162D8"/>
     <w:rsid w:val="00530062"/>
     <w:rsid w:val="00535C05"/>
     <w:rsid w:val="005921EA"/>
     <w:rsid w:val="005A4C35"/>
     <w:rsid w:val="005F1B55"/>
     <w:rsid w:val="00613287"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="006A4922"/>
     <w:rsid w:val="006E0377"/>
     <w:rsid w:val="006E4988"/>
     <w:rsid w:val="0074215C"/>
     <w:rsid w:val="00771730"/>
     <w:rsid w:val="00785BFE"/>
     <w:rsid w:val="007E175A"/>
     <w:rsid w:val="007F5D13"/>
     <w:rsid w:val="00817D28"/>
     <w:rsid w:val="00834605"/>
     <w:rsid w:val="0083553D"/>
     <w:rsid w:val="0084457E"/>
     <w:rsid w:val="00862A10"/>
     <w:rsid w:val="00876D2E"/>
     <w:rsid w:val="008805BB"/>
     <w:rsid w:val="009029EB"/>
     <w:rsid w:val="00911748"/>
     <w:rsid w:val="009210E4"/>
     <w:rsid w:val="00990BB1"/>
     <w:rsid w:val="009B236B"/>
     <w:rsid w:val="00A023E2"/>
     <w:rsid w:val="00A5004B"/>
     <w:rsid w:val="00A50CD2"/>
     <w:rsid w:val="00A5284A"/>
     <w:rsid w:val="00A71BAC"/>
     <w:rsid w:val="00A74B9D"/>
     <w:rsid w:val="00A93E9A"/>
     <w:rsid w:val="00AB786F"/>
     <w:rsid w:val="00AC0E94"/>
+    <w:rsid w:val="00AD72C7"/>
     <w:rsid w:val="00B63774"/>
     <w:rsid w:val="00C351D2"/>
     <w:rsid w:val="00C42611"/>
     <w:rsid w:val="00C502E3"/>
     <w:rsid w:val="00C81FCC"/>
     <w:rsid w:val="00C92B88"/>
     <w:rsid w:val="00CA784F"/>
     <w:rsid w:val="00CB6CFC"/>
     <w:rsid w:val="00D11E3F"/>
     <w:rsid w:val="00D50576"/>
     <w:rsid w:val="00D56D22"/>
     <w:rsid w:val="00D81AE5"/>
     <w:rsid w:val="00D87B4E"/>
     <w:rsid w:val="00D87D1F"/>
     <w:rsid w:val="00DB5296"/>
     <w:rsid w:val="00DF0B12"/>
     <w:rsid w:val="00E22A70"/>
     <w:rsid w:val="00E96EB0"/>
     <w:rsid w:val="00EF1FF3"/>
     <w:rsid w:val="00F33A44"/>
     <w:rsid w:val="00F34AB5"/>
     <w:rsid w:val="00F34ABD"/>
     <w:rsid w:val="00F36A52"/>
     <w:rsid w:val="00F41627"/>
     <w:rsid w:val="00F97CE5"/>
     <w:rsid w:val="00FB68DB"/>
     <w:rsid w:val="00FE7DE6"/>
     <w:rsid w:val="00FF5387"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="6403934B"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -4134,51 +4089,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00876D2E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/48_Kvalifikacije%20nastavnika_Miomir%20Miljkovic.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4426,86 +4381,86 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>320</Words>
-  <Characters>1825</Characters>
+  <Words>319</Words>
+  <Characters>1823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ТАБЕЛЕ У ДОКУМЕНТАЦИЈИ ЗА АКРЕДИТАЦИЈУ СТУДИЈСКОГ ПРОГРАМА</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2141</CharactersWithSpaces>
+  <CharactersWithSpaces>2138</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2097252</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../../AppData/Local/Microsoft/Windows/INetCache/AppData/Local/Users/IlijaK/AppData/Local/Downloads/Prilog 9.1 Knjiga nastavnika/Petrovic Petar.docx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4194310</vt:i4>
       </vt:variant>
       <vt:variant>