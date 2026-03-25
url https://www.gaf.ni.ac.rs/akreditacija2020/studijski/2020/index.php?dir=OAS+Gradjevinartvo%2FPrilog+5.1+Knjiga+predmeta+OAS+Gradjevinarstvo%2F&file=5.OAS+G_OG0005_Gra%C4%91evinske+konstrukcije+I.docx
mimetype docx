--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -173,136 +173,181 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D3DEC">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D3DEC" w:rsidRDefault="001D62B8" w:rsidP="00E15257">
-            <w:pPr>
+          <w:p w:rsidR="008D3DEC" w:rsidRPr="009B3D9F" w:rsidRDefault="001D62B8" w:rsidP="009B3D9F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009B3D9F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник</w:t>
             </w:r>
-            <w:r w:rsidRPr="008742C7">
+            <w:r w:rsidRPr="009B3D9F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/наставници</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009B3D9F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="008742C7">
+            <w:r w:rsidRPr="009B3D9F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="008742C7">
+              <w:r w:rsidRPr="009B3D9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Велиборка Богдановић</w:t>
+                <w:t>Драган Ко</w:t>
               </w:r>
-            </w:hyperlink>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="008742C7">
+              <w:r w:rsidRPr="009B3D9F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Драган Костић</w:t>
+                <w:t>с</w:t>
+              </w:r>
+              <w:r w:rsidRPr="009B3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>тић</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="009B3D9F" w:rsidRPr="009B3D9F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="009B3D9F" w:rsidRPr="009B3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Јелена Са</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+              <w:r w:rsidR="009B3D9F" w:rsidRPr="009B3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>в</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="0"/>
+              <w:r w:rsidR="009B3D9F" w:rsidRPr="009B3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ић</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D3DEC">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008D3DEC" w:rsidRDefault="001D62B8" w:rsidP="00E15257">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1956,175 +2001,261 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008D3DEC" w:rsidRDefault="008D3DEC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008D3DEC" w:rsidSect="005F669A">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1276" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005C4F37" w:rsidRDefault="005C4F37">
+    <w:p w:rsidR="0034242D" w:rsidRDefault="0034242D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005C4F37" w:rsidRDefault="005C4F37">
+    <w:p w:rsidR="0034242D" w:rsidRDefault="0034242D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="008D3DEC" w:rsidRDefault="001D62B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008742C7">
+    <w:r w:rsidR="009B3D9F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="008D3DEC" w:rsidRDefault="008D3DEC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005C4F37" w:rsidRDefault="005C4F37">
+    <w:p w:rsidR="0034242D" w:rsidRDefault="0034242D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005C4F37" w:rsidRDefault="005C4F37">
+    <w:p w:rsidR="0034242D" w:rsidRDefault="0034242D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="20220063"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E57A3D36"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="6C2EBEC8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C2EBEC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2166,51 +2297,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="78FE006F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="78FE006F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2253,127 +2384,133 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A023E2"/>
     <w:rsid w:val="00081151"/>
     <w:rsid w:val="00085D06"/>
     <w:rsid w:val="00092214"/>
     <w:rsid w:val="000B76BC"/>
     <w:rsid w:val="000D4C2C"/>
     <w:rsid w:val="001D62B8"/>
     <w:rsid w:val="00217AA5"/>
     <w:rsid w:val="00245161"/>
+    <w:rsid w:val="0034242D"/>
     <w:rsid w:val="0037541D"/>
+    <w:rsid w:val="003A01BF"/>
     <w:rsid w:val="003D7D7E"/>
     <w:rsid w:val="00473DA4"/>
     <w:rsid w:val="00491993"/>
     <w:rsid w:val="0049512D"/>
     <w:rsid w:val="004A0BD0"/>
     <w:rsid w:val="004A5365"/>
     <w:rsid w:val="004D04A6"/>
     <w:rsid w:val="00504B9A"/>
     <w:rsid w:val="005162D8"/>
     <w:rsid w:val="00535C05"/>
     <w:rsid w:val="005921EA"/>
     <w:rsid w:val="005A4C35"/>
     <w:rsid w:val="005C4F37"/>
     <w:rsid w:val="005F669A"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="006A4922"/>
     <w:rsid w:val="006D4B9E"/>
     <w:rsid w:val="006E4988"/>
     <w:rsid w:val="00713224"/>
     <w:rsid w:val="0074215C"/>
     <w:rsid w:val="00771730"/>
     <w:rsid w:val="00785BFE"/>
     <w:rsid w:val="007D526B"/>
     <w:rsid w:val="007E175A"/>
     <w:rsid w:val="007F5D13"/>
     <w:rsid w:val="00817D28"/>
     <w:rsid w:val="0084457E"/>
     <w:rsid w:val="008742C7"/>
     <w:rsid w:val="00876D2E"/>
     <w:rsid w:val="008D3DEC"/>
     <w:rsid w:val="009029EB"/>
     <w:rsid w:val="00911748"/>
     <w:rsid w:val="009210E4"/>
     <w:rsid w:val="00990BB1"/>
+    <w:rsid w:val="009B3D9F"/>
     <w:rsid w:val="00A023E2"/>
     <w:rsid w:val="00A5004B"/>
     <w:rsid w:val="00A5284A"/>
     <w:rsid w:val="00A71BAC"/>
     <w:rsid w:val="00A9399D"/>
     <w:rsid w:val="00A93E9A"/>
     <w:rsid w:val="00AC0E94"/>
     <w:rsid w:val="00B63774"/>
     <w:rsid w:val="00C351D2"/>
     <w:rsid w:val="00C42611"/>
     <w:rsid w:val="00C472C4"/>
     <w:rsid w:val="00C502E3"/>
     <w:rsid w:val="00C5684F"/>
     <w:rsid w:val="00C92B88"/>
     <w:rsid w:val="00CA784F"/>
     <w:rsid w:val="00D50576"/>
     <w:rsid w:val="00D534C1"/>
     <w:rsid w:val="00D56D22"/>
     <w:rsid w:val="00D87D1F"/>
     <w:rsid w:val="00DB5296"/>
     <w:rsid w:val="00E15257"/>
     <w:rsid w:val="00E96EB0"/>
     <w:rsid w:val="00ED23BD"/>
     <w:rsid w:val="00EF1FF3"/>
     <w:rsid w:val="00F0123E"/>
@@ -2388,52 +2525,52 @@
     <w:rsid w:val="3DBA4723"/>
     <w:rsid w:val="66F10007"/>
     <w:rsid w:val="734842D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
@@ -2692,50 +2829,73 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B3D9F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B3D9F"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
@@ -2994,62 +3154,85 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B3D9F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B3D9F"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/18_%20K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1044;&#1088;&#1072;&#1075;&#1072;&#1085;%20&#1050;&#1086;&#1089;&#1090;&#1080;&#1115;.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/01_%20K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1042;&#1077;&#1083;&#1080;&#1073;&#1086;&#1088;&#1082;&#1072;%20&#1041;&#1086;&#1075;&#1076;&#1072;&#1085;&#1086;&#1074;&#1080;&#1115;.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/50_Kvalifikacije%20nastavnika%20Nastavnik_&#1032;&#1077;&#1083;&#1077;&#1085;&#1072;%20&#1057;&#1072;&#1074;&#1080;&#1115;.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/11_K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1044;&#1088;&#1072;&#1075;&#1072;&#1085;%20&#1050;&#1086;&#1089;&#1090;&#1080;&#1115;.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3315,76 +3498,76 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>376</Words>
-  <Characters>2059</Characters>
+  <Words>361</Words>
+  <Characters>2064</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>343</Lines>
-  <Paragraphs>304</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2131</CharactersWithSpaces>
+  <CharactersWithSpaces>2421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>dragan.kostic</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1033-11.2.0.8343</vt:lpwstr>
   </property>
 </Properties>
 </file>