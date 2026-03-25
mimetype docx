--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -173,152 +173,92 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC2CA2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>ОДАБРАНА ПОГЛАВЉА МАТЕМАТИКЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF43EA" w:rsidRPr="00641381" w:rsidTr="00EA3D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF43EA" w:rsidRPr="001323EC" w:rsidRDefault="00FF43EA" w:rsidP="00F60357">
+          <w:p w:rsidR="00FF43EA" w:rsidRPr="001323EC" w:rsidRDefault="00FF43EA" w:rsidP="00B00DB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC2CA2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC2CA2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00B00DB8" w:rsidRPr="003D5A20">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>Картарина Петковић</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:r w:rsidR="00AB6935" w:rsidRPr="00AB6935">
-[...71 lines deleted...]
-            </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF43EA" w:rsidRPr="00641381" w:rsidTr="00EA3D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00FF43EA" w:rsidRPr="00DC2CA2" w:rsidRDefault="00FF43EA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC2CA2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Статус предмета: </w:t>
             </w:r>
@@ -1760,65 +1700,65 @@
     <w:p w:rsidR="00FF43EA" w:rsidRPr="00C12F1B" w:rsidRDefault="00FF43EA" w:rsidP="00575336">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FF43EA" w:rsidRDefault="00FF43EA"/>
     <w:sectPr w:rsidR="00FF43EA" w:rsidSect="006F7B86">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB2FC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="985456C0"/>
     <w:lvl w:ilvl="0" w:tplc="35C4FDFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="580" w:hanging="360"/>
       </w:pPr>
@@ -2097,153 +2037,155 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006819F5"/>
     <w:rsid w:val="0003142D"/>
     <w:rsid w:val="000326B4"/>
     <w:rsid w:val="000A6DB2"/>
     <w:rsid w:val="000A7FED"/>
     <w:rsid w:val="001323EC"/>
     <w:rsid w:val="0016616F"/>
     <w:rsid w:val="001F2A84"/>
     <w:rsid w:val="002921D5"/>
     <w:rsid w:val="00352146"/>
     <w:rsid w:val="003A742A"/>
     <w:rsid w:val="003B3A4C"/>
+    <w:rsid w:val="003D5A20"/>
     <w:rsid w:val="003F1137"/>
     <w:rsid w:val="004055E4"/>
     <w:rsid w:val="00425C07"/>
     <w:rsid w:val="00442E74"/>
     <w:rsid w:val="004E2501"/>
     <w:rsid w:val="004E3657"/>
     <w:rsid w:val="0052360D"/>
     <w:rsid w:val="00575336"/>
     <w:rsid w:val="00597E2F"/>
     <w:rsid w:val="005D5472"/>
     <w:rsid w:val="00610985"/>
     <w:rsid w:val="00641381"/>
     <w:rsid w:val="0066742B"/>
     <w:rsid w:val="006819F5"/>
     <w:rsid w:val="0068324B"/>
     <w:rsid w:val="006F7B86"/>
     <w:rsid w:val="00720E13"/>
     <w:rsid w:val="007F4943"/>
     <w:rsid w:val="0084355E"/>
     <w:rsid w:val="008E544F"/>
     <w:rsid w:val="00917241"/>
     <w:rsid w:val="00921525"/>
     <w:rsid w:val="00952D98"/>
     <w:rsid w:val="009E7C02"/>
     <w:rsid w:val="00A77476"/>
     <w:rsid w:val="00A92997"/>
     <w:rsid w:val="00A96BE0"/>
     <w:rsid w:val="00AB6935"/>
     <w:rsid w:val="00AB79D8"/>
+    <w:rsid w:val="00B00DB8"/>
     <w:rsid w:val="00B079AC"/>
     <w:rsid w:val="00B70F17"/>
     <w:rsid w:val="00C102BA"/>
     <w:rsid w:val="00C12F1B"/>
     <w:rsid w:val="00C3251F"/>
     <w:rsid w:val="00D37E83"/>
     <w:rsid w:val="00DB3E65"/>
     <w:rsid w:val="00DC2CA2"/>
     <w:rsid w:val="00DD3F8A"/>
     <w:rsid w:val="00E40BB7"/>
     <w:rsid w:val="00E720F5"/>
     <w:rsid w:val="00EA3D3A"/>
     <w:rsid w:val="00EB6BDC"/>
     <w:rsid w:val="00F31D76"/>
     <w:rsid w:val="00F60357"/>
     <w:rsid w:val="00F86068"/>
     <w:rsid w:val="00FF43EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sr-Latn-CS"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sr-Latn-CS" w:eastAsia="sr-Latn-CS" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -2976,51 +2918,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1183281682">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/49_Kvalifikacije%20nastavnika_Katarina%20Petkovic%20(4).doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3264,69 +3206,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>469</Words>
-  <Characters>2568</Characters>
+  <Words>453</Words>
+  <Characters>2586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>428</Lines>
-  <Paragraphs>379</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GAF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2658</CharactersWithSpaces>
+  <CharactersWithSpaces>3033</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>GAF NI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>