--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -227,118 +227,132 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4E81">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00CB401D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...52 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00CB401D" w:rsidRPr="008D0F0C">
+              <w:r w:rsidR="00CB401D" w:rsidRPr="0033028C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="sr-Cyrl-RS"/>
                 </w:rPr>
-                <w:t>Предраг Поповић</w:t>
+                <w:t>Катарина Петков</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+              <w:r w:rsidR="00CB401D" w:rsidRPr="0033028C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>и</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="0"/>
+              <w:r w:rsidR="00CB401D" w:rsidRPr="0033028C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>ћ</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00CB401D" w:rsidRPr="008D0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="00CB401D" w:rsidRPr="0033028C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>Предраг По</w:t>
+              </w:r>
+              <w:r w:rsidR="00CB401D" w:rsidRPr="0033028C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>п</w:t>
+              </w:r>
+              <w:r w:rsidR="00CB401D" w:rsidRPr="0033028C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>овић</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C4CB5" w:rsidRPr="00641381" w:rsidTr="00CB401D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="008C4CB5" w:rsidRPr="00FC4E81" w:rsidRDefault="008C4CB5" w:rsidP="00065339">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC4E81">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Статус предмета:</w:t>
             </w:r>
             <w:r w:rsidR="00233150">
@@ -1710,65 +1724,65 @@
     <w:p w:rsidR="008C4CB5" w:rsidRDefault="008C4CB5" w:rsidP="00575336">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C4CB5" w:rsidRDefault="008C4CB5"/>
     <w:sectPr w:rsidR="008C4CB5" w:rsidSect="006F6AE8">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="176E1B90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98C40338"/>
     <w:lvl w:ilvl="0" w:tplc="B44E93AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="281A0019">
@@ -1966,50 +1980,51 @@
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006819F5"/>
     <w:rsid w:val="00003CAA"/>
     <w:rsid w:val="00042F29"/>
     <w:rsid w:val="00044B67"/>
     <w:rsid w:val="00065339"/>
     <w:rsid w:val="000F51C8"/>
     <w:rsid w:val="00112A94"/>
     <w:rsid w:val="00146874"/>
     <w:rsid w:val="001F2A84"/>
     <w:rsid w:val="00233150"/>
     <w:rsid w:val="002A3D59"/>
     <w:rsid w:val="002D07B8"/>
+    <w:rsid w:val="0033028C"/>
     <w:rsid w:val="00421B45"/>
     <w:rsid w:val="005051A7"/>
     <w:rsid w:val="00575336"/>
     <w:rsid w:val="00641381"/>
     <w:rsid w:val="00676359"/>
     <w:rsid w:val="006819F5"/>
     <w:rsid w:val="006F6AE8"/>
     <w:rsid w:val="00757798"/>
     <w:rsid w:val="008C4CB5"/>
     <w:rsid w:val="008D0F0C"/>
     <w:rsid w:val="008E544F"/>
     <w:rsid w:val="00917241"/>
     <w:rsid w:val="00922276"/>
     <w:rsid w:val="00952D98"/>
     <w:rsid w:val="009F1A24"/>
     <w:rsid w:val="009F4ADF"/>
     <w:rsid w:val="00A92997"/>
     <w:rsid w:val="00B06A30"/>
     <w:rsid w:val="00B079AC"/>
     <w:rsid w:val="00CA005E"/>
     <w:rsid w:val="00CB401D"/>
     <w:rsid w:val="00CE7A72"/>
     <w:rsid w:val="00D36F27"/>
     <w:rsid w:val="00D831E5"/>
     <w:rsid w:val="00DD3F8A"/>
@@ -2019,52 +2034,52 @@
     <w:rsid w:val="00FC4E81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sr-Latn-CS"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -2251,50 +2266,61 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F1A24"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0033028C"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2451,51 +2477,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/45_Kvalifikacije%20nastavnika_Predrag%20Popovic.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/20_Kvalifikacije%20nastavnika%20Predrag%20Popovi&#263;.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/49_Kvalifikacije%20nastavnika_Katarina%20Petkovic%20(4).doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2739,58 +2765,58 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>388</Words>
-  <Characters>2218</Characters>
+  <Words>390</Words>
+  <Characters>2226</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>GAF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2601</CharactersWithSpaces>
+  <CharactersWithSpaces>2611</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>GAF NI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>