--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -154,51 +154,51 @@
               <w:t xml:space="preserve">Назив предмета: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Завршни радови у грађевинарству</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5AAF">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB5AAF" w:rsidRDefault="00E34848" w:rsidP="00A95DE6">
+          <w:p w:rsidR="00AB5AAF" w:rsidRDefault="00E34848" w:rsidP="000852F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник</w:t>
             </w:r>
             <w:r w:rsidRPr="00F63569">
               <w:rPr>
                 <w:b/>
@@ -215,93 +215,93 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00F63569">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00F63569">
+              <w:r w:rsidR="000852F8" w:rsidRPr="000852F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Драган Костић</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F63569">
+            <w:r w:rsidR="000852F8" w:rsidRPr="000852F8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00F63569">
+              <w:r w:rsidR="000852F8" w:rsidRPr="000852F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Миомир Васов</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidR="000852F8" w:rsidRPr="000852F8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00F63569">
+              <w:r w:rsidR="000852F8" w:rsidRPr="000852F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Снежана Ђорић Вељковић</w:t>
               </w:r>
             </w:hyperlink>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5AAF">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
@@ -1894,168 +1894,168 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB5AAF" w:rsidRDefault="00AB5AAF">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB5AAF" w:rsidSect="00A95DE6">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1276" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD7C43" w:rsidRDefault="00CD7C43">
+    <w:p w:rsidR="00DA13DF" w:rsidRDefault="00DA13DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD7C43" w:rsidRDefault="00CD7C43">
+    <w:p w:rsidR="00DA13DF" w:rsidRDefault="00DA13DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00AB5AAF" w:rsidRDefault="00E34848">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F63569">
+    <w:r w:rsidR="000852F8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AB5AAF" w:rsidRDefault="00AB5AAF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD7C43" w:rsidRDefault="00CD7C43">
+    <w:p w:rsidR="00DA13DF" w:rsidRDefault="00DA13DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD7C43" w:rsidRDefault="00CD7C43">
+    <w:p w:rsidR="00DA13DF" w:rsidRDefault="00DA13DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="DAAFB602"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DAAFB602"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2214,50 +2214,51 @@
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A023E2"/>
     <w:rsid w:val="00081151"/>
+    <w:rsid w:val="000852F8"/>
     <w:rsid w:val="00085D06"/>
     <w:rsid w:val="00092214"/>
     <w:rsid w:val="000B76BC"/>
     <w:rsid w:val="000D4C2C"/>
     <w:rsid w:val="00217AA5"/>
     <w:rsid w:val="00245161"/>
     <w:rsid w:val="002C1966"/>
     <w:rsid w:val="0037541D"/>
     <w:rsid w:val="003D7D7E"/>
     <w:rsid w:val="00473DA4"/>
     <w:rsid w:val="00491993"/>
     <w:rsid w:val="0049512D"/>
     <w:rsid w:val="004A0BD0"/>
     <w:rsid w:val="004A5365"/>
     <w:rsid w:val="004D04A6"/>
     <w:rsid w:val="00504B9A"/>
     <w:rsid w:val="005162D8"/>
     <w:rsid w:val="00535C05"/>
     <w:rsid w:val="005921EA"/>
     <w:rsid w:val="005A4C35"/>
     <w:rsid w:val="00657CEA"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="006A4922"/>
     <w:rsid w:val="006E4988"/>
     <w:rsid w:val="0074215C"/>
@@ -2271,101 +2272,102 @@
     <w:rsid w:val="00876D2E"/>
     <w:rsid w:val="009029EB"/>
     <w:rsid w:val="00911748"/>
     <w:rsid w:val="009210E4"/>
     <w:rsid w:val="00990BB1"/>
     <w:rsid w:val="00A023E2"/>
     <w:rsid w:val="00A5004B"/>
     <w:rsid w:val="00A5284A"/>
     <w:rsid w:val="00A71BAC"/>
     <w:rsid w:val="00A93E9A"/>
     <w:rsid w:val="00A95DE6"/>
     <w:rsid w:val="00AB5AAF"/>
     <w:rsid w:val="00AC0E94"/>
     <w:rsid w:val="00B63774"/>
     <w:rsid w:val="00C351D2"/>
     <w:rsid w:val="00C42611"/>
     <w:rsid w:val="00C502E3"/>
     <w:rsid w:val="00C92B88"/>
     <w:rsid w:val="00CA784F"/>
     <w:rsid w:val="00CD7C43"/>
     <w:rsid w:val="00D31521"/>
     <w:rsid w:val="00D50576"/>
     <w:rsid w:val="00D534C1"/>
     <w:rsid w:val="00D56D22"/>
     <w:rsid w:val="00D87D1F"/>
+    <w:rsid w:val="00DA13DF"/>
     <w:rsid w:val="00DB5296"/>
     <w:rsid w:val="00E34848"/>
     <w:rsid w:val="00E96EB0"/>
     <w:rsid w:val="00EF1FF3"/>
     <w:rsid w:val="00F34AB5"/>
     <w:rsid w:val="00F34ABD"/>
     <w:rsid w:val="00F41627"/>
     <w:rsid w:val="00F63569"/>
     <w:rsid w:val="00F75069"/>
     <w:rsid w:val="00FD5B26"/>
     <w:rsid w:val="00FE7DE6"/>
     <w:rsid w:val="00FF5387"/>
     <w:rsid w:val="10C50CAF"/>
     <w:rsid w:val="14FD7AAF"/>
     <w:rsid w:val="15ED5F12"/>
     <w:rsid w:val="17CE54A5"/>
     <w:rsid w:val="20191B43"/>
     <w:rsid w:val="23681FB2"/>
     <w:rsid w:val="24B93FAE"/>
     <w:rsid w:val="27F84ADB"/>
     <w:rsid w:val="32E07CDE"/>
     <w:rsid w:val="33E91A70"/>
     <w:rsid w:val="47861FD9"/>
     <w:rsid w:val="59B164DC"/>
     <w:rsid w:val="66F10007"/>
     <w:rsid w:val="66FA59A5"/>
     <w:rsid w:val="734842D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
@@ -2971,51 +2973,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/04_K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1057;&#1085;&#1077;&#1078;&#1072;&#1085;&#1072;%20&#1026;&#1086;&#1088;&#1080;&#1115;%20&#1042;&#1077;&#1113;&#1082;&#1086;&#1074;&#1080;&#1115;.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/15_K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1052;&#1080;&#1086;&#1084;&#1080;&#1088;%20&#1042;&#1072;&#1089;&#1086;&#1074;.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/18_%20K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1044;&#1088;&#1072;&#1075;&#1072;&#1085;%20&#1050;&#1086;&#1089;&#1090;&#1080;&#1115;.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/05_Kvalifikacije%20nastavnika_Sne&#382;ana%20&#272;ori&#263;-Veljkovi&#263;.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/14_K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1052;&#1080;&#1086;&#1084;&#1080;&#1088;%20&#1042;&#1072;&#1089;&#1086;&#1074;.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/11_K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1044;&#1088;&#1072;&#1075;&#1072;&#1085;%20&#1050;&#1086;&#1089;&#1090;&#1080;&#1115;.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3281,61 +3283,61 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>411</Words>
-  <Characters>2349</Characters>
+  <Characters>2345</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2755</CharactersWithSpaces>
+  <CharactersWithSpaces>2751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>dragan.kostic</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1033-11.2.0.8343</vt:lpwstr>
   </property>
 </Properties>
 </file>