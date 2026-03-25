--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -174,95 +174,81 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383D18">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Назив предмета: РАЗВОЈ ГРАДИТЕЉСТВА</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383D18" w:rsidRPr="00092214" w:rsidTr="00FB2472">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00383D18" w:rsidRPr="00383D18" w:rsidRDefault="00383D18" w:rsidP="00591DC4">
+          <w:p w:rsidR="00383D18" w:rsidRPr="00383D18" w:rsidRDefault="00383D18" w:rsidP="00DE2455">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383D18">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Наставник: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00BC20DE">
+              <w:r w:rsidR="00DE2455" w:rsidRPr="00217592">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                  <w:b/>
-[...2 lines deleted...]
-                  <w:lang w:val="sr-Cyrl-CS"/>
                 </w:rPr>
-                <w:t>Аранђеловић Биљана</w:t>
+                <w:t>Ана Момчиловић-Петронијевић</w:t>
               </w:r>
             </w:hyperlink>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00383D18">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00383D18" w:rsidRPr="00092214" w:rsidTr="00FB2472">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w:rsidR="00383D18" w:rsidRPr="00383D18" w:rsidRDefault="00383D18" w:rsidP="00591DC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383D18">
               <w:rPr>
@@ -2192,140 +2178,140 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006C1E34" w:rsidRDefault="006C1E34" w:rsidP="00383D18"/>
     <w:sectPr w:rsidR="006C1E34" w:rsidSect="00C0579E">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1276" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D13B7C" w:rsidRDefault="00D13B7C">
+    <w:p w:rsidR="00527034" w:rsidRDefault="00527034">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D13B7C" w:rsidRDefault="00D13B7C">
+    <w:p w:rsidR="00527034" w:rsidRDefault="00527034">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="005A4C35" w:rsidRDefault="00383D18">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BC20DE">
+    <w:r w:rsidR="00217592">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005A4C35" w:rsidRDefault="00D13B7C">
+  <w:p w:rsidR="005A4C35" w:rsidRDefault="00527034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D13B7C" w:rsidRDefault="00D13B7C">
+    <w:p w:rsidR="00527034" w:rsidRDefault="00527034">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D13B7C" w:rsidRDefault="00D13B7C">
+    <w:p w:rsidR="00527034" w:rsidRDefault="00527034">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="75C674A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10168F42"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2442,81 +2428,84 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="128"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00383D18"/>
+    <w:rsid w:val="00217592"/>
     <w:rsid w:val="00383D18"/>
     <w:rsid w:val="003949D8"/>
+    <w:rsid w:val="00527034"/>
     <w:rsid w:val="006C1E34"/>
     <w:rsid w:val="00A70BC7"/>
     <w:rsid w:val="00BC20DE"/>
     <w:rsid w:val="00D13B7C"/>
     <w:rsid w:val="00D62CE7"/>
+    <w:rsid w:val="00DE2455"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -3078,51 +3067,51 @@
       <w:lang w:val="ru-RU" w:eastAsia="sr-Latn-CS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC20DE"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/24_%20K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1041;&#1080;&#1113;&#1072;&#1085;&#1072;%20&#1040;&#1088;&#1072;&#1085;&#1106;&#1077;&#1083;&#1086;&#1074;&#1080;&#1115;.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/19_Kvalifikacije%20nastavnika_%20Ana%20Momcilovic%20Petronijevic.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3368,68 +3357,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>332</Words>
-  <Characters>1819</Characters>
+  <Words>323</Words>
+  <Characters>1847</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>303</Lines>
-  <Paragraphs>268</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1883</CharactersWithSpaces>
+  <CharactersWithSpaces>2166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>