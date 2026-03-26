--- v0 (2026-01-05)
+++ v1 (2026-03-26)
@@ -1,3210 +1,3735 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="450"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="816"/>
         <w:gridCol w:w="1096"/>
-        <w:gridCol w:w="450"/>
-        <w:gridCol w:w="126"/>
+        <w:gridCol w:w="576"/>
         <w:gridCol w:w="1051"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="76"/>
         <w:gridCol w:w="1065"/>
-        <w:gridCol w:w="410"/>
-        <w:gridCol w:w="146"/>
+        <w:gridCol w:w="556"/>
         <w:gridCol w:w="1345"/>
         <w:gridCol w:w="445"/>
         <w:gridCol w:w="190"/>
         <w:gridCol w:w="1610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="00D86FDD" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="00D86FDD" w14:paraId="2FC21224" w14:textId="77777777" w:rsidTr="00BD1E09">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4603" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE99D35" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="00D86FDD" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86FDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Име и презиме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7640D1EB" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="00D86FDD" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86FDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Александар Кековић</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="3DA5227B" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="433ECCF7" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Звање</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="00D86FDD" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...53 lines deleted...]
-              <w:t>Александар Кековић</w:t>
+          <w:p w14:paraId="5B49EA0F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Редовни професор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="3A54A784" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0328AB25" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Назив институције у  којој наставник ради са пуним </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>непуним</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>радним временом и од када</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...51 lines deleted...]
-              <w:t>Редовни професор</w:t>
+          <w:p w14:paraId="4A3A517B" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Грађевинско-архитектонски факултет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="62C9DDBB" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAB3689" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Ужа научна односно уметничка област</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...70 lines deleted...]
-              <w:t>Грађевинско-архитектонски факултет</w:t>
+          <w:p w14:paraId="2F581FD4" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектонско пројектовање</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="0A59D0D7" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="224"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9890" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754C4757" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Академска каријера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="448CC98D" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4603" w:type="dxa"/>
-[...56 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2488" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AD81E0" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455C49F0" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Година </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="008D54AF" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Институција </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F65E8B" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Научна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>уметничка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бласт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E95D157" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ужа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>научна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>уметничка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>стручна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>област</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
-[...36 lines deleted...]
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="2EB4F52B" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="681D02FB" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Избор у звање</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Година </w:t>
+          <w:p w14:paraId="3C085271" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2020.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="264F8B2D" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Грађевинско</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>архитектонски</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>факултет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нишу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">бласт </w:t>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549AF3D2" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектонско пројектовање</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...17 lines deleted...]
-              <w:t>Ужа научна, уметничка или стручна област</w:t>
+          <w:p w14:paraId="57889B26" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2020.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="76D9793D" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...22 lines deleted...]
-              <w:t>Избор у звање</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2E4FD4" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Докторат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...16 lines deleted...]
-              <w:t>2020.</w:t>
+          <w:p w14:paraId="5EB976B8" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2009.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...15 lines deleted...]
-              <w:t>Грађевинско архитектонски факултет у Нишу</w:t>
+          <w:p w14:paraId="0C0C50AE" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>II -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7FE2E6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Архитектонско пројектовање</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...16 lines deleted...]
-              <w:t>2020.</w:t>
+          <w:p w14:paraId="78307A87" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2009.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="478C7187" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...22 lines deleted...]
-              <w:t>Докторат</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="100CFE18" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...16 lines deleted...]
-              <w:t>2009.</w:t>
+          <w:p w14:paraId="5D7C859B" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2004.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="0D1E6F91" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>II -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AAC280" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Архитектонско пројектовање</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...16 lines deleted...]
-              <w:t>2009.</w:t>
+          <w:p w14:paraId="28F48484" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2004.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="48CA9E84" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...22 lines deleted...]
-              <w:t>Магистратура</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71EC1D02" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Диплома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...16 lines deleted...]
-              <w:t>2004.</w:t>
+          <w:p w14:paraId="0A21D52F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>1989.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...25 lines deleted...]
-              <w:t>II -</w:t>
+          <w:p w14:paraId="4EFC1E80" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектонски факултет у Сарајеву</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="392AF7B5" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Архитектонско пројектовање</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...16 lines deleted...]
-              <w:t>2004.</w:t>
+          <w:p w14:paraId="406DA11D" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>1989.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="6D2F0DD9" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9890" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="203004A6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Списак предмета за  које  је наставник акредитован </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>првом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>другом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>степену</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>студија</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="6433BEEE" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="822"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41332ADA" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Р.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62FFD21F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>,2,3...</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2CE2CE" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ознака</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>предмета</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5405AFC2" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Назив</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>предмета</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="793484C8" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>наставе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED6EEA8" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Назив</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>студијског</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>програма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="468E8291" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>рста студија (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ОСС, ССС, ОАС, МСС, МАС, САС)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="6674C41E" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2488" w:type="dxa"/>
-[...188 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...22 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="30308A87" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="0067328E">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1096" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...17 lines deleted...]
-              <w:t>Ознака предмета</w:t>
+          <w:p w14:paraId="513F1D41" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИА0055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2767" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...23 lines deleted...]
-              <w:t>Назив предмета</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D523A00" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Унутрашња архитектура 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1621" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...21 lines deleted...]
-              <w:t>Вид наставе</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568807B6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Назив студијског програма </w:t>
+          <w:p w14:paraId="3B9CB8BE" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
-[...38 lines deleted...]
-              <w:t>ОСС, ССС, ОАС, МСС, МАС, САС)</w:t>
+          <w:p w14:paraId="066832E2" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="32613DC8" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="296"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28949FB2" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BF3F9C" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИА0066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF83C9C" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Унутрашња архитектура 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D39E697" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања, Вежбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4150185B" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C32B4F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="64F712D2" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="578BF174" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBADA24" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИА0095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="514F593D" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Унутрашња архитектура 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1F61E8" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFBFEF1" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00700832" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="19BDB836" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7599E604" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1A2A0E" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИА0029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CC25A5" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Пројектовање стамбених зграда 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCCD426" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F3B244" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080A99DF" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="3D41E7B0" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E50ABF0" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E0D222" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИА0071</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EA21D1" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Техничка документација</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2022FE" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања, Вежбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEB62D6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="773B6941" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="25D12F8E" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24621532" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D3D2DD" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ОГ4004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="164D4EDD" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Разрада техничке документације и прописи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED74150" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F1696A" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Грађевинарство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5265C8B2" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ОАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="05CE41EA" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="651A1AB9" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358017A1" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ИA0077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E174EF6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Студио Стамбене зграде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3CF42E" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања, Вежбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5070671F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0330E502" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="4CCA07AC" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C36CB9" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EE750" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>ИА0090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6CCB1E" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Стамбене зграде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB91CAE" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Предавања</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8E36CC" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD9060E" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ИАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w14:paraId="228B60C3" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D954159" w14:textId="77777777" w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w:rsidRDefault="00D86FDD" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F8FACD" w14:textId="77777777" w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w:rsidRDefault="00D86FDD" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>19.MU0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BA73E6" w14:textId="77777777" w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w:rsidRDefault="00D86FDD" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Управљање</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>некретнинама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FD07D6" w14:textId="77777777" w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w:rsidRDefault="00D86FDD" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242268F2" w14:textId="77777777" w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w:rsidRDefault="00D86FDD" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Управљање</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>пројектима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>градитељству</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5720DB56" w14:textId="77777777" w:rsidR="00D86FDD" w:rsidRPr="00713DBE" w:rsidRDefault="00D86FDD" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>МАС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="5CF3F42F" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9890" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="580BEF9B" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Репрезентативне референце (минимално 5 не више од 10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="3DB6F2A0" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1689 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EB97FA" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3210B0" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">URBAN CHARACTERISTICS OF THE NIŠ MODERNA </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>In the Monografi:</w:t>
+              <w:t xml:space="preserve">In the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Monografi:</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Importance of Place - </w:t>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Importance of Place - </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Values and Building Practices in the Historic Urban Landscape</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1D1B1B"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -3225,163 +3750,235 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Hardcover EAN/ISBN: </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>, Paper EAN/ISBN: 978-1-4438-8712-0, pp.215-224,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> М13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="724C15D4" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="2E86B0EE" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="003E54E9" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>PRESCHOOL BUILDING IN THE CONTEXT OF INTERIOR ENVIRONMENT REVITALIZATION</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Revitalization оf Preschool Facilities in Serbia, Danica Stankovic, Milan Tanic at all, Faculty оf Civil Engineering аnd Architecture University оf Nis, ISBN 978-86-88601-15-3, pp. 23-42., </w:t>
+              <w:t xml:space="preserve">, Revitalization </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>оf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Preschool Facilities in Serbia, Danica Stankovic, Milan Tanic at all, Faculty </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>оf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Civil Engineering </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>аnd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Architecture University </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>оf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nis, ISBN 978-86-88601-15-3, pp. 23-42., </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>М14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="0523A433" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="6BEE6624" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D17288" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ТHE SPATIAL COMFORT OF SOCIAL HOUSING UNITS IN THE POST-SOCIALIST PERIOD IN </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -3400,86 +3997,86 @@
               </w:rPr>
               <w:t>ERBIA IN RELATION TO THE APPLICABLE ARCHITECTURAL NORMS,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cities, 2017, бр. 62, стр. 88–95, ISSN: 0264-2751, DOI: 10.1016/j.cities.2016.12.014, </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>М21а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="41B94AFE" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="435EF55F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF803DF" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>INTERCONNECTION BETWEEN PHYSICAL ENVIRONMENT AND PEDAGOGICAL PROCESS IN ELEMENTARY SCHOOLS IN NIŠ, SERBIA</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -3511,437 +4108,545 @@
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">o </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">7, pp. 1228-1234, </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>М22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="7529D93C" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="7C7EC8F6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F08BA4" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">THE PAŠTROVSKA HOUSE OF THE MONTENEGRIN COASTAL AREA: AN EXAMPLE OF SUSTAINABLE BUILDING IN TRADITIONAL ARCHITECTURE </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ISSN 1330-3651, Online: ISSN 1848-6339, Vol. 26/No. 3 2019.. DOI: 10.17559/TV-20180910​230243</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">, М23                                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="7498FD85" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="617FB7A6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB54806" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>THE MOTIVES FOR APPLICATION OF THE FLEXIBLE ELEMENTS IN THE HOUSING INTERIOR</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Facta Universitatis, Series Architecture and Civil Engineering, University of Niš, 2014, ISSN 0354-4605, Vol. 12. No1,pp </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Facta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Universitatis, Series Architecture and Civil Engineering, University of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Niš</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2014, ISSN 0354-4605, Vol. 12. No1,pp </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>41-51,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve"> UDC 747=111, DOI: 10.2298/FUACE1401041Z, Niš, 2014.</w:t>
+              <w:t xml:space="preserve"> UDC 747=111, DOI: 10.2298/FUACE1401041Z, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Niš</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>, 2014.</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">, М24                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="19AA498C" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="2C42D486" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADFE03D" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">ANALYSIS OF COMPATIBILITY OF CONTEMPORARY RESIDENTIAL HOUSING IN NIS WITH CURRENT STANDARDS IN THE REPUBLIC OF SERBIA, Applied </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics and Materials, Trans Tech Publications Inc., Switzerland, 2015., Vols. 725-726, pp.1244, </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">DOI: 10.4028/www.scientific.net/AMM.725-726.1557 , </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">М24     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="658F8A3E" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="34D43AFB" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE76EB9" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>DESGNING OF CHILDREN PLAYGROUNDS FROM THE ASPECT OF USED SURFACING WITH A GOAL OF CHILDREN SAFETY THE EXAMPLE OF THE CITY OF NIŠ</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Facta Universitatis, Series Architecture and Civil Engineering, University of Niš, Vol. 17 No1, 2019, pp </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Facta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Universitatis, Series Architecture and Civil Engineering, University of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Niš</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Vol. 17 No1, 2019, pp </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>41-51,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ISSN 0354-4605, UDC 747=111, DOI: 10.2298/FUACE1401041Z, Niš, </w:t>
+              <w:t xml:space="preserve"> ISSN 0354-4605, UDC 747=111, DOI: 10.2298/FUACE1401041Z, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Niš</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> М24                                                                                                                                                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="2EB54C15" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="4EB760F6" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0FA18B" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>AUDIO BM,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -3963,86 +4668,86 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>pp.14-15.,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">728:069.9(497.11)»2015»(083.824), ISBN 978-86-88601-21-4, COBISS.SR-ID 218473996,Niš 2015., </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">СУА 1.5                                                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="2AB92D0A" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+          <w:p w14:paraId="7C347B65" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9074" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="046ED39F" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>CORNER HOUSE</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -4068,587 +4773,1088 @@
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">728:069.9(497.11, </w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ISBN 978-86-88601-31-3, COBISS.SR-ID 249168396,</w:t>
             </w:r>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Niš 2017.</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+              <w:t>Niš</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2017.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067328E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
               <w:t xml:space="preserve">  , СУА 1.5                                                                                                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="00CD596D" w:rsidRPr="0067328E" w14:paraId="61EBE7BA" w14:textId="77777777" w:rsidTr="00D86FDD">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C28AB0" w14:textId="77777777" w:rsidR="00CD596D" w:rsidRPr="0067328E" w:rsidRDefault="00CD596D" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9074" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="134F3D35" w14:textId="387B341D" w:rsidR="00CD596D" w:rsidRPr="00CD596D" w:rsidRDefault="00CD596D" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Živković, M., Kondić, S., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Tanić</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, M., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Stamenković</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>, M., Keković, A.: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00CD596D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>"FLEXIBILITY AND CURRENT HOUSING CONDITIONS IN SERBIA: A CASE STUDY OF THE CITY OF NIS"</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>, Technical gazette, Vol. 29, No. 2, February, 2022, pp. 401-407</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - М23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD596D" w:rsidRPr="0067328E" w14:paraId="22784F89" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46140E9D" w14:textId="77777777" w:rsidR="00CD596D" w:rsidRPr="0067328E" w:rsidRDefault="00CD596D" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9074" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E3DC03" w14:textId="3701654B" w:rsidR="00CD596D" w:rsidRPr="00CD596D" w:rsidRDefault="00CD596D" w:rsidP="00CD596D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Živković, M, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Stoiljković</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>, B, Keković, A: "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Stanovanje</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>TRANSFORMACIJA KAO ARHITEKTONSKI ODGOVOR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Arhitektura</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>urbanizam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD596D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>, br. 54, 2022, ISBN 978-86-88601-60-3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – М24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A816E7C" w14:textId="77777777" w:rsidR="00CD596D" w:rsidRPr="00CD596D" w:rsidRDefault="00CD596D" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E544E" w:rsidRPr="0067328E" w14:paraId="1F21E5CA" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33686516" w14:textId="77777777" w:rsidR="005E544E" w:rsidRPr="0067328E" w:rsidRDefault="005E544E" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9074" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="349A313F" w14:textId="77777777" w:rsidR="005E544E" w:rsidRPr="005E544E" w:rsidRDefault="005E544E" w:rsidP="005E544E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Krstić H.,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Živković M., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Stoiljković</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B., Keković A., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>STANOVANJE 23: STANOVANJE NISKE SPRATNOSTI –VELIKE GUSTINE KAO MODEL SAVREMENOG NAČINA STANOVANJA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Nauka+Praksa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Vol. 27/2024, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Niš</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Građevinsko-arhitektonski</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>fakultet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Univerziteta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> u </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Nišu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>, pp. 49-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46FAD09D" w14:textId="1296CE88" w:rsidR="005E544E" w:rsidRPr="00CD596D" w:rsidRDefault="005E544E" w:rsidP="00CD596D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>(ISSN 1451-8341, ISSN 3009-4682 (Online))</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E544E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Ubuntu-Medium" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> M54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="64794584" w14:textId="77777777" w:rsidTr="00D86FDD">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="9890" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="13"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D01ADE7" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Збирни подаци научне, односно уметничке и стручне активности наставника </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="4CD260F9" w14:textId="77777777" w:rsidTr="00BD1E09">
         <w:trPr>
-          <w:trHeight w:val="260"/>
+          <w:trHeight w:val="122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4333" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6CC78D" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Укупан број цитата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5557" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37302398" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidTr="00D86FDD">
+      <w:tr w:rsidR="001E1722" w:rsidRPr="0067328E" w14:paraId="7BEAF405" w14:textId="77777777" w:rsidTr="00BD1E09">
         <w:trPr>
-          <w:trHeight w:val="269"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4333" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDF19BB" w14:textId="77777777" w:rsidR="001E1722" w:rsidRPr="0067328E" w:rsidRDefault="001E1722" w:rsidP="00D86FDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067328E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Укупан број радова са SCI (SSCI) листе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5557" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
-[...212 lines deleted...]
-              <w:t>Други подаци које сматрате релевантним</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32EAFCA4" w14:textId="77C74902" w:rsidR="001E1722" w:rsidRPr="00BD1E09" w:rsidRDefault="00BD1E09" w:rsidP="00D86FDD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EA2295" w:rsidRPr="00D86FDD" w:rsidRDefault="00D86FDD" w:rsidP="0067328E">
+    <w:p w14:paraId="4A5028E9" w14:textId="446B16BA" w:rsidR="00EA2295" w:rsidRPr="00D86FDD" w:rsidRDefault="00D86FDD" w:rsidP="0067328E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D86FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Табела 9.1. Научне, уметничке и стручне квалификације наставника и задужења у настави</w:t>
+        <w:t>Табела</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Научне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уметничке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>стручне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>квалификације</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>наставника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>задужења</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>настави</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00EA2295" w:rsidRPr="00D86FDD" w:rsidSect="00D86FDD">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00826D89" w:rsidRDefault="00826D89">
+    <w:p w14:paraId="3F0A7594" w14:textId="77777777" w:rsidR="0072615C" w:rsidRDefault="0072615C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00826D89" w:rsidRDefault="00826D89">
+    <w:p w14:paraId="2C22781F" w14:textId="77777777" w:rsidR="0072615C" w:rsidRDefault="0072615C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ubuntu-Medium">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ubuntu-Light">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000045F" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="005A4C35" w:rsidRDefault="00D4116C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5F8A50C1" w14:textId="77777777" w:rsidR="00A17DA8" w:rsidRDefault="00D4116C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001E1722">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D86FDD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005A4C35" w:rsidRDefault="00826D89">
+  <w:p w14:paraId="5848EDEE" w14:textId="77777777" w:rsidR="00A17DA8" w:rsidRDefault="00A17DA8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00826D89" w:rsidRDefault="00826D89">
+    <w:p w14:paraId="451A9E2B" w14:textId="77777777" w:rsidR="0072615C" w:rsidRDefault="0072615C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00826D89" w:rsidRDefault="00826D89">
+    <w:p w14:paraId="1ABA576D" w14:textId="77777777" w:rsidR="0072615C" w:rsidRDefault="0072615C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350B2575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74D6CCA2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4718,129 +5924,142 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1807504627">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E1722"/>
     <w:rsid w:val="000147FD"/>
     <w:rsid w:val="001E1722"/>
+    <w:rsid w:val="005E544E"/>
     <w:rsid w:val="0067328E"/>
+    <w:rsid w:val="0072615C"/>
+    <w:rsid w:val="00754034"/>
+    <w:rsid w:val="0076066F"/>
     <w:rsid w:val="00826D89"/>
+    <w:rsid w:val="00831B84"/>
+    <w:rsid w:val="00A17DA8"/>
     <w:rsid w:val="00AC497B"/>
+    <w:rsid w:val="00BD1E09"/>
+    <w:rsid w:val="00CB19ED"/>
+    <w:rsid w:val="00CD596D"/>
     <w:rsid w:val="00D4116C"/>
+    <w:rsid w:val="00D5541D"/>
     <w:rsid w:val="00D86FDD"/>
     <w:rsid w:val="00EA2295"/>
     <w:rsid w:val="00F25B9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="636D687B"/>
   <w15:docId w15:val="{B8157926-0E70-46AF-AC4D-DB6A891640DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5168,50 +6387,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D4116C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -5229,62 +6453,363 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E1722"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001E1722"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD596D"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD596D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1209223559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1419517929">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="734746470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1160661725">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="986586519">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="167133597">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="114712843">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1375540859">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1693647544">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1203011222">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1958683152">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1258901876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1410231939">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="614022591">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1574774090">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2821670">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1427530509">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="86970371">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="409695620">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1975986487">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrcak.srce.hr/en/272589" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5533,65 +7058,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>715</Words>
-  <Characters>4080</Characters>
+  <Words>812</Words>
+  <Characters>4633</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4786</CharactersWithSpaces>
+  <CharactersWithSpaces>5435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jelena</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>