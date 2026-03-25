--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -3,111 +3,111 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00D6418C" w:rsidRPr="00E66041" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+    <w:p w14:paraId="37048C05" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00E66041" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="sr-Latn-RS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
         <w:t>Табела 5.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
         <w:t xml:space="preserve"> Спецификација предмета </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9573" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3146"/>
         <w:gridCol w:w="1960"/>
         <w:gridCol w:w="1175"/>
         <w:gridCol w:w="2048"/>
         <w:gridCol w:w="1244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="73535B60" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="447C659F" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Студијски програм :</w:t>
             </w:r>
             <w:r w:rsidR="00E66041">
               <w:rPr>
                 <w:b/>
@@ -117,117 +117,117 @@
                 <w:lang w:val="sr-Latn-RS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E66041">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ИАС </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Архитектура</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="0033BC92" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="5FE5712D" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Назив предмета: </w:t>
             </w:r>
             <w:r w:rsidR="00C65265">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КОНСТРУКТИВНИ СИСТЕМИ</w:t>
             </w:r>
             <w:r w:rsidR="00C65265">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> II</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="33F6BD73" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="5BD5CBC2" w14:textId="3006CEC8" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -246,187 +246,194 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00E100D0">
+              <w:r w:rsidRPr="00A970B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Драган Костић,</w:t>
+                <w:t>Драган Костић</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00A970B6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00E100D0">
+              <w:r w:rsidRPr="00A970B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Вук Милошевић</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="6622DD2E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="1BCEC331" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Статус предмета:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Изборни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="338B810E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="628C1842" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Број ЕСПБ:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="5D806692" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="09E2D134" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Услов:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -457,478 +464,478 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> конструкције I, Архитекто</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>нске</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> конструкције II, Статика конструкција</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="10F6B776" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="21EBCF19" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Циљ предмета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="6E74C6AC" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Упознавање са развојем просторно-површинских решеткастих, висећих и шаторастих конструктивних система и могућностима њиховог конструисања у архитектури. Оспособљавање за анализу статичко-конструктивних карактеристика појединих конструктивних система, ради њене рационалне примене у конкретним случајевима. Систематични приступ избору </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>лаког</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>конструктивног система при задатим условима. Координирање архитектонског и конструктивног оформљења објекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="0F3FDA8B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="63E8F0D3" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Исход предмета </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="7A6BA903" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Знања и вештина примене на решавање пројектантско-конструктивних  проблема при пројектовању стамбених, јавних, индустријских и привредних зграда великих распона просторно површинским решеткама, висећим и шаторастим системима. Успешно праћење наставе на наредним курсевима.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="0B4F555C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="1FAFC31E" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Садржај предмета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="34DD075A" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Теоријска настава (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>+0)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="1E6FDD0A" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Увод, појам конструктивног система просторно површинских решетки, основни носачи система просторних решетки (општи принципи, предности, геометријске основе просторних решеткастих система, примењивани системи просторних решетки и приказ објеката), 6 часова</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="447F9E33" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Висећи системи (општи принципи, материјали, специфични проблеми, стабилизација, ослоначка конструкција) 2 часа</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="6EE4F4FF" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Висећи системи (вешани и ланчанични системи) 4 часова. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="6097DF1C" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Шаторасти системи: затегнуте мреже и мембране (геометријске основе, материјали, специфични проблеми, комбинације са другим конструктивним склоиповима, изградјени објекти)  3 часа</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="3D571468" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Практична настава-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Вежбе:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (0+1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="50B6AE73" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:leftChars="200" w:left="440"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Израда графичких радова и њихова усмена одбрана: 1. просторно површинске решетке  14 часова, 2. висећи или шаторасти систем 14 часова. Усмена одбрана графичких радова. Тестови (2). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="33EDDA88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="7D8A6D41" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Литература </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="428E57B7" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="227"/>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:ind w:left="180" w:hanging="180"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Конструктивни системи </w:t>
             </w:r>
@@ -949,1102 +956,1082 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>, Костић Драган, ГАФ Ниш, 201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="69C7E01E" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="420"/>
                 <w:tab w:val="left" w:pos="220"/>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:left="220" w:hanging="220"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Конструктивни системи-принципи конструисања и обликовања, др Миодраг Несторовић, архитектонски факултет Београд, 2000. стр. 262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="0637976B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3146" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRPr="00E66041" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="46E56202" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00E66041" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Број часова </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> активне наставе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3135" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRPr="00E66041" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="68EDAEF5" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00E66041" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Теоријска настава:</w:t>
             </w:r>
             <w:r w:rsidR="00E66041">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="015DCABE" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Практична настава:</w:t>
             </w:r>
             <w:r w:rsidR="00E66041">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="4B1CCFC5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="1DB8A6C9" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Методе извођења наставе</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="4FE333DC" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Теоријска настава-усмено излагање са скицама и цртежима на табли, аудиовизуелно и показно.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+          <w:p w14:paraId="5A495A5F" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Вежбе-графички радови на којима уз помоћ и самостално, решавањем практичних задатака студенти примењују стечена знања из материје теоријске наставе, уз усмену одбрану радова. Тест у циљу провере усвојеног знања</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="71B940B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9573" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+          <w:p w14:paraId="2B5B8991" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Оцена  знања (максимални број поена 100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="74C2FC44" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3146" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF4796E" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Предиспитне обавезе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE35FC8" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>поена</w:t>
             </w:r>
             <w:r w:rsidR="00C65265">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DE4803" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Завршни испит </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7D5216" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Поена</w:t>
             </w:r>
             <w:r w:rsidR="00C65265">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="1650358F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3146" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7754BA94" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>активност у току предавања</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0886C5F7" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3565547F" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>писмени испит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6755B8" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="2A123C25" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3146" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E236DE4" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>практична настава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="503B8D7B" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AF96BB" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>усмени испт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46363EC1" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="27A53082" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3146" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="189A1C9A" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тест</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B480C85" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46153C95" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>..........</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C1FA1E" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6418C">
+      <w:tr w:rsidR="00D6418C" w14:paraId="2CDF71C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3146" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0742BC61" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>семинар-и</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26417DDA" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3985D8E8" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDF0569" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D6418C" w:rsidP="00C65265">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D6418C"/>
+    <w:p w14:paraId="131C9099" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidRDefault="00D6418C"/>
     <w:sectPr w:rsidR="00D6418C" w:rsidRPr="00C65265" w:rsidSect="00C65265">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1138" w:right="1152" w:bottom="1138" w:left="850" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00113095" w:rsidRDefault="00113095">
+    <w:p w14:paraId="56CE7BAE" w14:textId="77777777" w:rsidR="00472857" w:rsidRDefault="00472857">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00113095" w:rsidRDefault="00113095">
+    <w:p w14:paraId="1C3A7CD0" w14:textId="77777777" w:rsidR="00472857" w:rsidRDefault="00472857">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59D36775" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D7663F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E100D0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D6418C" w:rsidRDefault="00D6418C">
+  <w:p w14:paraId="1E34E2A0" w14:textId="77777777" w:rsidR="00D6418C" w:rsidRDefault="00D6418C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00113095" w:rsidRDefault="00113095">
+    <w:p w14:paraId="503C1AA8" w14:textId="77777777" w:rsidR="00472857" w:rsidRDefault="00472857">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00113095" w:rsidRDefault="00113095">
+    <w:p w14:paraId="6025619D" w14:textId="77777777" w:rsidR="00472857" w:rsidRDefault="00472857">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="DAAFB602"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DAAFB602"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D723949"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2D723949"/>
@@ -2268,142 +2255,146 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BBE0186"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5BBE0186"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1102609770">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="183371934">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1285503856">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="973756351">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="115"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A023E2"/>
     <w:rsid w:val="00081151"/>
     <w:rsid w:val="00085D06"/>
     <w:rsid w:val="00092214"/>
     <w:rsid w:val="000B76BC"/>
     <w:rsid w:val="000D4C2C"/>
     <w:rsid w:val="00113095"/>
     <w:rsid w:val="00217AA5"/>
     <w:rsid w:val="00245161"/>
     <w:rsid w:val="0037541D"/>
     <w:rsid w:val="003D7D7E"/>
+    <w:rsid w:val="00472857"/>
     <w:rsid w:val="00473DA4"/>
     <w:rsid w:val="00491993"/>
     <w:rsid w:val="0049512D"/>
     <w:rsid w:val="004A0BD0"/>
     <w:rsid w:val="004A5365"/>
     <w:rsid w:val="004D04A6"/>
     <w:rsid w:val="00504B9A"/>
     <w:rsid w:val="005162D8"/>
     <w:rsid w:val="00535C05"/>
     <w:rsid w:val="005921EA"/>
     <w:rsid w:val="005A4C35"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="006A4922"/>
     <w:rsid w:val="006E4988"/>
     <w:rsid w:val="0071053E"/>
     <w:rsid w:val="0074215C"/>
     <w:rsid w:val="00771730"/>
     <w:rsid w:val="00785BFE"/>
     <w:rsid w:val="007D526B"/>
     <w:rsid w:val="007E175A"/>
     <w:rsid w:val="007F5D13"/>
     <w:rsid w:val="00817D28"/>
     <w:rsid w:val="0084457E"/>
     <w:rsid w:val="00876D2E"/>
     <w:rsid w:val="009029EB"/>
     <w:rsid w:val="00911748"/>
     <w:rsid w:val="009210E4"/>
     <w:rsid w:val="00990BB1"/>
     <w:rsid w:val="00A023E2"/>
     <w:rsid w:val="00A5004B"/>
     <w:rsid w:val="00A5284A"/>
     <w:rsid w:val="00A71BAC"/>
     <w:rsid w:val="00A93E9A"/>
+    <w:rsid w:val="00A970B6"/>
     <w:rsid w:val="00AC0E94"/>
     <w:rsid w:val="00B63774"/>
     <w:rsid w:val="00C351D2"/>
     <w:rsid w:val="00C42611"/>
     <w:rsid w:val="00C502E3"/>
     <w:rsid w:val="00C65265"/>
     <w:rsid w:val="00C92B88"/>
     <w:rsid w:val="00CA784F"/>
     <w:rsid w:val="00D50576"/>
     <w:rsid w:val="00D534C1"/>
+    <w:rsid w:val="00D54AD5"/>
     <w:rsid w:val="00D56D22"/>
     <w:rsid w:val="00D6418C"/>
     <w:rsid w:val="00D7663F"/>
     <w:rsid w:val="00D87D1F"/>
     <w:rsid w:val="00DB5296"/>
     <w:rsid w:val="00E100D0"/>
     <w:rsid w:val="00E66041"/>
     <w:rsid w:val="00E96EB0"/>
     <w:rsid w:val="00EF1FF3"/>
     <w:rsid w:val="00F34AB5"/>
     <w:rsid w:val="00F34ABD"/>
     <w:rsid w:val="00F41627"/>
     <w:rsid w:val="00F75069"/>
     <w:rsid w:val="00FE7DE6"/>
     <w:rsid w:val="00FF5387"/>
     <w:rsid w:val="10C50CAF"/>
     <w:rsid w:val="17CE54A5"/>
     <w:rsid w:val="23681FB2"/>
     <w:rsid w:val="24B93FAE"/>
     <w:rsid w:val="2EA0084A"/>
     <w:rsid w:val="32E07CDE"/>
     <w:rsid w:val="33E91A70"/>
     <w:rsid w:val="46016ACC"/>
     <w:rsid w:val="47861FD9"/>
     <w:rsid w:val="53505B49"/>
@@ -2414,70 +2405,71 @@
     <w:rsid w:val="751B1DEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="79802834"/>
   <w15:docId w15:val="{9841308D-ED15-4F9A-80B7-791E562A301D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2803,50 +2795,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -2966,59 +2963,71 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sr-Cyrl-RS"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A970B6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/18_Nastavnik_Dragan%20Kosti&#263;.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/36_Nastavnik_Vuk%20Milo&#353;evi&#263;.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/11_K&#1074;&#1072;&#1083;&#1080;&#1092;&#1080;&#1082;&#1072;&#1094;&#1080;&#1112;&#1077;%20&#1085;&#1072;&#1089;&#1090;&#1072;&#1074;&#1085;&#1080;&#1082;&#1072;_&#1044;&#1088;&#1072;&#1075;&#1072;&#1085;%20&#1050;&#1086;&#1089;&#1090;&#1080;&#1115;.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/33_Kvalifikacije%20nastavnika_Vuk%20Milosevic.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3287,73 +3296,73 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>434</Words>
-  <Characters>2476</Characters>
+  <Words>438</Words>
+  <Characters>2502</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2905</CharactersWithSpaces>
+  <CharactersWithSpaces>2935</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>dragan.kostic</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1033-11.2.0.8343</vt:lpwstr>
   </property>
 </Properties>
 </file>