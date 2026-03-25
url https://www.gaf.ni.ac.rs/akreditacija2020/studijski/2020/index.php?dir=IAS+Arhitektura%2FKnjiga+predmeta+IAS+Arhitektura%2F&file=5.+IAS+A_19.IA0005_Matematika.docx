--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CC61DA" w:rsidRPr="00E278BD" w:rsidRDefault="00CC61DA" w:rsidP="00CF53DC">
+    <w:p w14:paraId="1EF155B6" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="00E278BD" w:rsidRDefault="00CC61DA" w:rsidP="00CF53DC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31D76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
         <w:t>Табела 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -80,57 +80,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> предмета</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4881" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="2088"/>
         <w:gridCol w:w="203"/>
         <w:gridCol w:w="2931"/>
         <w:gridCol w:w="399"/>
         <w:gridCol w:w="1066"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="4B123CEC" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="2B71E2B0" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Студијски програм</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/студијски програми</w:t>
             </w:r>
@@ -142,380 +142,368 @@
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00014AEE" w:rsidRPr="00014AEE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t xml:space="preserve">ИАС </w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AРХИТЕКТУРА</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="51A71678" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="15B81269" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Назив предмета</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>МАТЕМАТИКА</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="68BF2D9E" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="00530EB8" w:rsidRDefault="00CC61DA" w:rsidP="00530EB8">
+          <w:p w14:paraId="1215C8A5" w14:textId="5A59DA3F" w:rsidR="00CC61DA" w:rsidRPr="00530EB8" w:rsidRDefault="00CC61DA" w:rsidP="00530EB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник:</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00530EB8" w:rsidRPr="00CE532F">
+              <w:r w:rsidR="00530EB8" w:rsidRPr="003A588F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="sr-Cyrl-RS"/>
                 </w:rPr>
                 <w:t>Предраг Поповић</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00530EB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00530EB8" w:rsidRPr="00CE532F">
+              <w:r w:rsidR="00530EB8" w:rsidRPr="003A588F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="sr-Cyrl-RS"/>
                 </w:rPr>
                 <w:t>Катарина Петковић</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="5B58F792" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00E343CA">
+          <w:p w14:paraId="0945F1C6" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00E343CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Статус предмета: </w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Обавезни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="4DC2943D" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="00CF53DC" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="7F1E702E" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="00CF53DC" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Број ЕСПБ</w:t>
             </w:r>
             <w:r w:rsidR="00CF53DC">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CF53DC">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="57AE4153" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="3CBDC7FE" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Услов</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>: Нема</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="6290FE37" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="530CF620" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Циљ предмета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00DE51A1">
+          <w:p w14:paraId="334B15D3" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00DE51A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Стицање основних знања из аналитичке геометрије у простору</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="59452154" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="6F757784" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Исход предмета </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00530EB8">
+          <w:p w14:paraId="0877069B" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00530EB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Упознавање студената са основним елементима Линеарне алгебре засновано на савременом концепту дефиниција- теорема-доказ, са идејом да презентирани материјал буде примењен у неким другим дисциплинама (нпр. Механика)</w:t>
             </w:r>
             <w:r w:rsidR="00530EB8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>, као</w:t>
             </w:r>
@@ -527,1344 +515,1059 @@
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:r w:rsidR="00530EB8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>з</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>а боље схватање простора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="3FF5E340" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="4C1C761F" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Садржај предмета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
+          <w:p w14:paraId="7AEC5E99" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Теоријска настава</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1</w:t>
             </w:r>
             <w:r w:rsidR="00CC61DA" w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>+0)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="58F5FD88" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0070798C">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Геометријски вектори, линеарна зависност, база, димензија</w:t>
+            </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="700C1E40" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0070798C">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Координатни системи, пројекција вектора на осу</w:t>
+            </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="1BF160E8" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> производ два вектора, векто</w:t>
+            <w:r w:rsidRPr="0070798C">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Скаларни производ два вектора, векто</w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
-              <w:t xml:space="preserve">рски </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>рски производдва вектора</w:t>
+            </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="sr-Cyrl-CS"/>
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="161F6E3D" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Мешовити производ три вектора. Аналитичка геометрија у простору (основни појмови)</w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="4ED4D85A" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Раван (различити облици једначине р</w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>авни), растојање тачке од равни</w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="567CC564" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Узајамни положај равни,</w:t>
             </w:r>
             <w:r w:rsidR="00C03B1F">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> прамен равни. Права у простору</w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="0BAD7F39" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Међусобни однос две праве </w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>и међусобни однос праве и равни.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="19F664C8" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
-              <w:t xml:space="preserve">Задавање </w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Задавање површи.Неке површи другог реда: </w:t>
+            </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
-              <w:t>Трооси</w:t>
-[...32 lines deleted...]
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00A23593">
+              <w:t>Трооси елипсоид, хиперболоиди.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C85138A" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00A23593">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t>, цилиндарске површи, конусне површи, ротационе површи</w:t>
+            <w:r w:rsidRPr="0070798C">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="sr-Cyrl-CS"/>
+              </w:rPr>
+              <w:t>Параболоиди, цилиндарске површи, конусне површи, ротационе површи</w:t>
             </w:r>
             <w:r w:rsidR="000325FC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00A23593">
+          <w:p w14:paraId="384B6887" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00A23593">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23593">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Практична настава</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>: Вежбе (0+1</w:t>
             </w:r>
             <w:r w:rsidR="00CC61DA" w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>) Садражај вежби прати садржај предавања</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="34941392" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="571BF0C8" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Литература </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="65F0FD06" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Петар В. Протић, Математика 1, Ниш 2012</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00A23593">
+          <w:p w14:paraId="6927BD3F" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00A23593">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Петар В. Протић, Збирка задатака из Математике 1, Ниш 2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A23593" w:rsidRPr="00641381" w:rsidTr="00A23593">
+      <w:tr w:rsidR="00A23593" w:rsidRPr="00641381" w14:paraId="5973AB5F" w14:textId="77777777" w:rsidTr="00A23593">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A23593" w:rsidRPr="00530EB8" w:rsidRDefault="00A23593" w:rsidP="00360ACD">
+          <w:p w14:paraId="2FBFA148" w14:textId="77777777" w:rsidR="00A23593" w:rsidRPr="00530EB8" w:rsidRDefault="00A23593" w:rsidP="00360ACD">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23593">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>Број часова  активне наставе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A23593" w:rsidRPr="00A23593" w:rsidRDefault="00A23593" w:rsidP="007E34CC">
+          <w:p w14:paraId="659B0771" w14:textId="77777777" w:rsidR="00A23593" w:rsidRPr="00A23593" w:rsidRDefault="00A23593" w:rsidP="007E34CC">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Предавања</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A23593" w:rsidRPr="00A23593" w:rsidRDefault="00A23593" w:rsidP="00917241">
+          <w:p w14:paraId="0779746A" w14:textId="77777777" w:rsidR="00A23593" w:rsidRPr="00A23593" w:rsidRDefault="00A23593" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23593">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>Вежбе: 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="164FA5FC" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="00014AEE" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="45824370" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="00014AEE" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014AEE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Методе извођења наставе</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="009851B4">
+          <w:p w14:paraId="3161F70E" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="009851B4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Теоријска настава обогаћена бројним примерима, на вежбама примена теоријских резултата за решавање задатака, домаћи задаци су испитног нивоа, консултације. Знање се проверава преко колоквијума и преко активности на часу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="69773C8B" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
+          <w:p w14:paraId="089F7C7B" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="0070798C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Оцена  знања (максимални број поена 100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="1C27FB13" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="1E5A93BD" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Предиспитне обавезе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="13E27B13" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>поена</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="72985154" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Завршнииспит</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="58750404" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>поена</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="259728BE" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00530EB8">
+          <w:p w14:paraId="44D7D7C7" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00530EB8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">активност у току </w:t>
             </w:r>
             <w:r w:rsidR="00530EB8">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>в</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>ежбања</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00953CCF">
+          <w:p w14:paraId="277DB8E6" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00953CCF">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="1D2B0D99" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>писмени део испита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
+          <w:p w14:paraId="17B56959" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00CC61DA" w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w:rsidTr="00530EB8">
+      <w:tr w:rsidR="00CC61DA" w:rsidRPr="00641381" w14:paraId="2809235F" w14:textId="77777777" w:rsidTr="00530EB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
+          <w:p w14:paraId="3302B759" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>колоквијум-и</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00D27573">
+          <w:p w14:paraId="0A409F43" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00D27573">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
+          <w:p w14:paraId="6C2A7D37" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00CC61DA" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
-              <w:t xml:space="preserve">усмени део </w:t>
-[...6 lines deleted...]
-              <w:t>испт</w:t>
+              <w:t>усмени део испт</w:t>
             </w:r>
             <w:r w:rsidR="00530EB8">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r w:rsidRPr="0070798C">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
+          <w:p w14:paraId="3512A9CE" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRPr="0070798C" w:rsidRDefault="00530EB8" w:rsidP="00917241">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CC61DA" w:rsidRPr="0070798C">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CC61DA" w:rsidRDefault="00CC61DA" w:rsidP="00575336">
+    <w:p w14:paraId="019EBDB2" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRDefault="00CC61DA" w:rsidP="00575336">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC61DA" w:rsidRDefault="00CC61DA"/>
+    <w:p w14:paraId="41E00265" w14:textId="77777777" w:rsidR="00CC61DA" w:rsidRDefault="00CC61DA"/>
     <w:sectPr w:rsidR="00CC61DA" w:rsidSect="0028546F">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="176E1B90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98C40338"/>
     <w:lvl w:ilvl="0" w:tplc="B44E93AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="281A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="360"/>
       </w:pPr>
@@ -2049,177 +1752,181 @@
     <w:lvl w:ilvl="7" w:tplc="281A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="281A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="417405133">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1609504832">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006819F5"/>
     <w:rsid w:val="00014AEE"/>
     <w:rsid w:val="000325FC"/>
     <w:rsid w:val="000A7AEE"/>
     <w:rsid w:val="00127C3E"/>
     <w:rsid w:val="001E5C9A"/>
     <w:rsid w:val="001E686C"/>
     <w:rsid w:val="001F2A84"/>
     <w:rsid w:val="0028546F"/>
     <w:rsid w:val="00360ACD"/>
     <w:rsid w:val="003808BE"/>
     <w:rsid w:val="00384936"/>
     <w:rsid w:val="00392D03"/>
+    <w:rsid w:val="003A588F"/>
     <w:rsid w:val="003C1B97"/>
     <w:rsid w:val="0043046C"/>
     <w:rsid w:val="00530EB8"/>
     <w:rsid w:val="00534136"/>
     <w:rsid w:val="00575336"/>
     <w:rsid w:val="006077A7"/>
     <w:rsid w:val="00625DA0"/>
     <w:rsid w:val="00641381"/>
     <w:rsid w:val="006617A5"/>
     <w:rsid w:val="006819F5"/>
     <w:rsid w:val="0070798C"/>
     <w:rsid w:val="00777F83"/>
     <w:rsid w:val="00852F7A"/>
     <w:rsid w:val="00884B68"/>
     <w:rsid w:val="0089773A"/>
     <w:rsid w:val="008B0950"/>
     <w:rsid w:val="008E544F"/>
     <w:rsid w:val="00917241"/>
     <w:rsid w:val="00925817"/>
     <w:rsid w:val="00952D98"/>
     <w:rsid w:val="00953CCF"/>
     <w:rsid w:val="00961E51"/>
     <w:rsid w:val="00984254"/>
     <w:rsid w:val="009851B4"/>
     <w:rsid w:val="00A23593"/>
     <w:rsid w:val="00A92997"/>
     <w:rsid w:val="00A97686"/>
     <w:rsid w:val="00B079AC"/>
     <w:rsid w:val="00B6113C"/>
     <w:rsid w:val="00C03B1F"/>
     <w:rsid w:val="00CC27F1"/>
     <w:rsid w:val="00CC5253"/>
     <w:rsid w:val="00CC61DA"/>
     <w:rsid w:val="00CE532F"/>
     <w:rsid w:val="00CF53DC"/>
     <w:rsid w:val="00D27573"/>
     <w:rsid w:val="00D45E66"/>
     <w:rsid w:val="00DA28F1"/>
     <w:rsid w:val="00DC7E2B"/>
     <w:rsid w:val="00DE51A1"/>
     <w:rsid w:val="00E278BD"/>
     <w:rsid w:val="00E343CA"/>
     <w:rsid w:val="00E8797F"/>
+    <w:rsid w:val="00F046FC"/>
     <w:rsid w:val="00F2092F"/>
     <w:rsid w:val="00F31D76"/>
     <w:rsid w:val="00FA643F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="35F2D327"/>
   <w15:docId w15:val="{F964456A-A1B2-4735-8E3B-0B7174D8049B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
@@ -2547,50 +2254,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00575336"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="sr-Latn-CS" w:eastAsia="sr-Latn-CS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -2630,63 +2342,75 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00E343CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00384936"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003A588F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/42_Nastavnik_Katarina%20Petkovi&#263;.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/45_Nastavnik_Predrag%20Popovi&#263;.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/49_Kvalifikacije%20nastavnika_Katarina%20Petkovic%20(4).doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/20_Kvalifikacije%20nastavnika%20Predrag%20Popovi&#263;.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2933,66 +2657,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>296</Words>
-  <Characters>1692</Characters>
+  <Words>302</Words>
+  <Characters>1724</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1985</CharactersWithSpaces>
+  <CharactersWithSpaces>2022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>GAF NI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>