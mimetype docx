--- v0 (2025-12-30)
+++ v1 (2026-03-25)
@@ -2,313 +2,322 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00AC5EFB" w:rsidRPr="002B7C06" w:rsidRDefault="00AC5EFB" w:rsidP="005F6A7E">
+    <w:p w14:paraId="64E14C62" w14:textId="77777777" w:rsidR="00AC5EFB" w:rsidRPr="002B7C06" w:rsidRDefault="00AC5EFB" w:rsidP="005F6A7E">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F6A7E" w:rsidRPr="00993FC4" w:rsidRDefault="005F6A7E" w:rsidP="005F6A7E">
+    <w:p w14:paraId="323C42F7" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00993FC4" w:rsidRDefault="005F6A7E" w:rsidP="005F6A7E">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993FC4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
         <w:t xml:space="preserve">Табела 5.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00993FC4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="sr-Cyrl-CS"/>
         </w:rPr>
         <w:t xml:space="preserve">Спецификација  предмета  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3053"/>
         <w:gridCol w:w="50"/>
         <w:gridCol w:w="1857"/>
         <w:gridCol w:w="1256"/>
         <w:gridCol w:w="1756"/>
         <w:gridCol w:w="1997"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00993FC4" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="00993FC4" w:rsidRPr="00F469AF" w14:paraId="0B605885" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00993FC4" w:rsidRPr="00993FC4" w:rsidRDefault="00993FC4" w:rsidP="00993FC4">
+          <w:p w14:paraId="4CE1BEC5" w14:textId="77777777" w:rsidR="00993FC4" w:rsidRPr="00993FC4" w:rsidRDefault="00993FC4" w:rsidP="00993FC4">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>Студијски програм: ИАС АРХИТЕКТУРА</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="08AACE57" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00BA359F" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
+          <w:p w14:paraId="0A30AEB3" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00BA359F" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Назив предмета: </w:t>
             </w:r>
             <w:r w:rsidR="005F0C49">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>БЕТОНСКЕ КОНСТРУКЦИЈЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="5FC33D23" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="0032753F" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
+          <w:p w14:paraId="1BBA93C2" w14:textId="503354B0" w:rsidR="005F6A7E" w:rsidRPr="003730D8" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Наставник или наставници:</w:t>
             </w:r>
             <w:r w:rsidR="0032753F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="0032753F" w:rsidRPr="000E737A">
+              <w:r w:rsidR="003730D8" w:rsidRPr="003730D8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
                 </w:rPr>
-                <w:t>Драгана Турнић</w:t>
+                <w:t>Дарко Жи</w:t>
+              </w:r>
+              <w:r w:rsidR="003730D8" w:rsidRPr="003730D8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:lang w:val="sr-Cyrl-RS"/>
+                </w:rPr>
+                <w:t>вковић</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="77B854D5" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
+          <w:p w14:paraId="600D4260" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Статус предмета:</w:t>
             </w:r>
             <w:r w:rsidR="0032753F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> обавезни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="65F7E59A" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
+          <w:p w14:paraId="759B6829" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Број ЕСПБ:</w:t>
             </w:r>
             <w:r w:rsidR="0032753F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="3EB1AD4F" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
+          <w:p w14:paraId="723036C2" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00993FC4">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Услов:</w:t>
             </w:r>
             <w:r w:rsidR="0032753F" w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> Математика, </w:t>
             </w:r>
             <w:r w:rsidR="0032753F">
@@ -316,386 +325,386 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Механика</w:t>
             </w:r>
             <w:r w:rsidR="00993FC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Latn-RS"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="0032753F" w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Отпорност материјала, Статика конструкција</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="713A59A7" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="41527ADA" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Циљ предмета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="0032753F">
+          <w:p w14:paraId="143FDE28" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="0032753F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97CBB">
               <w:rPr>
                 <w:color w:val="464646"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Упознавање студената са елементима пројеката, врстама оптерећења, основним  елементима армиранобетонских конструкција зграда, њиховим карактеристикама, начином прорачуна статичких утицаја, димензионисањем, армирањем.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="0B47681B" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="668E538D" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Исход предмета </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="00BD5BD2">
+          <w:p w14:paraId="7D283A09" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="00BD5BD2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE0173">
               <w:rPr>
                 <w:color w:val="464646"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Оспособљеност студената да самостално примењују стечена знања из пројектовања бетонских конструкција, прорачуна, димензионисања попречних пресека елемената армиранобетонских конструкција и прорачуна једноставнијих типова армиранобетонских конструкција.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="08C5D283" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00B87EC6" w:rsidRDefault="005F6A7E" w:rsidP="005F0C49">
+          <w:p w14:paraId="4D717899" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00B87EC6" w:rsidRDefault="005F6A7E" w:rsidP="005F0C49">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Садржај предмета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="0032753F" w:rsidRDefault="005F6A7E" w:rsidP="0032753F">
+          <w:p w14:paraId="152C668B" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="0032753F" w:rsidRDefault="005F6A7E" w:rsidP="0032753F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Теоријска настава</w:t>
             </w:r>
             <w:r w:rsidR="0032753F" w:rsidRPr="0032753F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>(1+0)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0032753F" w:rsidRPr="0032753F" w:rsidRDefault="0032753F" w:rsidP="0032753F">
+          <w:p w14:paraId="6366979E" w14:textId="77777777" w:rsidR="0032753F" w:rsidRPr="0032753F" w:rsidRDefault="0032753F" w:rsidP="0032753F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="464646"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:color w:val="464646"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>О пројектовању бет. конструкција, идејни и главни пројекти; дејства на конструкције и елементе.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0032753F" w:rsidRPr="0032753F" w:rsidRDefault="0032753F" w:rsidP="0032753F">
+          <w:p w14:paraId="71D38048" w14:textId="77777777" w:rsidR="0032753F" w:rsidRPr="0032753F" w:rsidRDefault="0032753F" w:rsidP="0032753F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="464646"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:color w:val="464646"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Конструкцијски елементи армиранобетонских зграда. Монолитне међуспратне конструкције. Полумонтажне и монтажне међуспратне конструкције. Пројектовање конструкција аб зграда: подела према намени и избор међуспратних и кровних конструкција.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD5BD2" w:rsidRDefault="00BD5BD2" w:rsidP="0032753F">
+          <w:p w14:paraId="59ED3BF9" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRDefault="00BD5BD2" w:rsidP="0032753F">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0032753F" w:rsidRPr="0032753F" w:rsidRDefault="005F6A7E" w:rsidP="0032753F">
+          <w:p w14:paraId="7D2295FF" w14:textId="77777777" w:rsidR="0032753F" w:rsidRPr="0032753F" w:rsidRDefault="005F6A7E" w:rsidP="0032753F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Практична настава</w:t>
             </w:r>
             <w:r w:rsidR="0032753F" w:rsidRPr="0032753F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0032753F" w:rsidRPr="0032753F">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Вежбе(0+1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="0032753F" w:rsidRDefault="0032753F" w:rsidP="005F0C49">
+          <w:p w14:paraId="32E14FF9" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="0032753F" w:rsidRDefault="0032753F" w:rsidP="005F0C49">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Вежбе прате предавања и на њима се израђују нумерички примери димензионисања армирано-бетонских пресека за различите утицаје. Израда једног </w:t>
             </w:r>
             <w:r w:rsidR="00B87EC6">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>семестралн</w:t>
             </w:r>
             <w:r w:rsidRPr="0032753F">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>ог рада који покрива целокупну материју.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="17C34E6E" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="282990E8" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Препоручена литература </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B87EC6" w:rsidRPr="003E30C9" w:rsidRDefault="00B87EC6" w:rsidP="0032753F">
+          <w:p w14:paraId="5DA8D94A" w14:textId="77777777" w:rsidR="00B87EC6" w:rsidRPr="003E30C9" w:rsidRDefault="00B87EC6" w:rsidP="0032753F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Е</w:t>
             </w:r>
             <w:r w:rsidR="003E30C9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>врокод</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -708,850 +717,885 @@
             <w:r w:rsidR="003E30C9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E30C9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Прорачун бетонских конструкција – Део 1-1: Општа правила и правила за зграде, Београд 2006.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0032753F" w:rsidRDefault="0032753F" w:rsidP="0032753F">
+          <w:p w14:paraId="31A4D0E3" w14:textId="77777777" w:rsidR="0032753F" w:rsidRDefault="0032753F" w:rsidP="0032753F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Д. Најдановић: Бетонске конструкције, Орион Арт, Београд 2004.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="002C5D18">
+          <w:p w14:paraId="1AEE689D" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB11B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Вежбе: Практикум - радни материјал у писаном облику са урађеним задацима</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="473001D6" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="7318221F" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="3AA483B7" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Број часова </w:t>
             </w:r>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> активне наставе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="545DCE55" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Теоријска настава:</w:t>
             </w:r>
             <w:r w:rsidR="0032753F">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="2DC17E54" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Практична настава:</w:t>
             </w:r>
             <w:r w:rsidR="0032753F">
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="16A1CCB5" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+          <w:p w14:paraId="7FE1F5A5" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Методе извођења наставе</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="00B87EC6">
+          <w:p w14:paraId="1A99BAD9" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="0032753F" w:rsidP="00B87EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">Предавања, вежбе, </w:t>
             </w:r>
             <w:r w:rsidR="00B87EC6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>семестралн</w:t>
             </w:r>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>и рад, консултације.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w14:paraId="51F6F467" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00BD5BD2">
+          <w:p w14:paraId="5837063B" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="00F469AF" w:rsidRDefault="005F6A7E" w:rsidP="00BD5BD2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F469AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Оцена  знања (максимални број поена 100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w14:paraId="5319C46D" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="0A0AEDA3" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Предиспитне обавезе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1907" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="604B2E00" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>оена</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="3F30A126" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Завршни испит </w:t>
+              <w:t>Завршни</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0034194D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0034194D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>испит</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0034194D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="47A2FEE7" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>оена</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w14:paraId="1AF45C48" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="1E9161A4" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Провере знања- тестови</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1907" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="4A5B9476" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">x </w:t>
             </w:r>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="365B6270" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>писмени испит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="6ADC27EB" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w14:paraId="61FC0E52" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="2B84FE04" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>Израда семестралног задатка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1907" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="28119A59" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>20-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="465B1954" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>усмени испит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="2FE792EB" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w:rsidTr="00993FC4">
+      <w:tr w:rsidR="00BD5BD2" w:rsidRPr="00F469AF" w14:paraId="47BBDA2A" w14:textId="77777777" w:rsidTr="00993FC4">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="1DBE4E89" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>укупно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1907" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="28D7A314" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="739810C7" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>укупно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
+          <w:p w14:paraId="2BC88C51" w14:textId="77777777" w:rsidR="00BD5BD2" w:rsidRPr="0034194D" w:rsidRDefault="00BD5BD2" w:rsidP="003B44E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034194D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="sr-Cyrl-CS"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F6A7E" w:rsidRPr="002B7C06" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
+    <w:p w14:paraId="0CAD55D4" w14:textId="77777777" w:rsidR="005F6A7E" w:rsidRPr="002B7C06" w:rsidRDefault="005F6A7E" w:rsidP="002C5D18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC5EFB" w:rsidRPr="002B7C06" w:rsidRDefault="00AC5EFB" w:rsidP="002C5D18">
+    <w:p w14:paraId="70C24DF3" w14:textId="77777777" w:rsidR="00AC5EFB" w:rsidRPr="002B7C06" w:rsidRDefault="00AC5EFB" w:rsidP="002C5D18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AC5EFB" w:rsidRPr="002B7C06" w:rsidSect="00993FC4">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E23A06" w:rsidRDefault="00E23A06" w:rsidP="0010335F">
+    <w:p w14:paraId="09843F73" w14:textId="77777777" w:rsidR="00B53E4E" w:rsidRDefault="00B53E4E" w:rsidP="0010335F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E23A06" w:rsidRDefault="00E23A06" w:rsidP="0010335F">
+    <w:p w14:paraId="0469A689" w14:textId="77777777" w:rsidR="00B53E4E" w:rsidRDefault="00B53E4E" w:rsidP="0010335F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1590,102 +1634,102 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="POIOB F+ Helvetica Neue">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000801" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000020" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0013094C" w:rsidRPr="00441250" w:rsidRDefault="00630AC9" w:rsidP="00441250">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13C5E25B" w14:textId="77777777" w:rsidR="0013094C" w:rsidRPr="00441250" w:rsidRDefault="00630AC9" w:rsidP="00441250">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="000E737A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E23A06" w:rsidRDefault="00E23A06" w:rsidP="0010335F">
+    <w:p w14:paraId="75E9C505" w14:textId="77777777" w:rsidR="00B53E4E" w:rsidRDefault="00B53E4E" w:rsidP="0010335F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E23A06" w:rsidRDefault="00E23A06" w:rsidP="0010335F">
+    <w:p w14:paraId="1C27C591" w14:textId="77777777" w:rsidR="00B53E4E" w:rsidRDefault="00B53E4E" w:rsidP="0010335F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A211B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C632E8C8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4177,149 +4221,151 @@
     <w:lvl w:ilvl="7" w:tplc="241A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="241A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2079284825">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1992980992">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="511995901">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1304316467">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2053571952">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="624891578">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="553781842">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1423146310">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="391121834">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="485897388">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1875851793">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1211262934">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1822427879">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2047023096">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="979916167">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1582254743">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="524447000">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="122891195">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="36055495">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="28184823">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="581838209">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="219948640">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1456826512">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="115"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B6611"/>
     <w:rsid w:val="00023B9D"/>
     <w:rsid w:val="0002515A"/>
     <w:rsid w:val="00030EEC"/>
     <w:rsid w:val="000313B5"/>
     <w:rsid w:val="000320CA"/>
     <w:rsid w:val="00056BA7"/>
     <w:rsid w:val="000661BD"/>
     <w:rsid w:val="00073BDF"/>
     <w:rsid w:val="0007408D"/>
     <w:rsid w:val="00080612"/>
     <w:rsid w:val="00090DE5"/>
     <w:rsid w:val="000931C4"/>
     <w:rsid w:val="000B5D92"/>
     <w:rsid w:val="000C705D"/>
     <w:rsid w:val="000C7E2A"/>
     <w:rsid w:val="000D5E8A"/>
     <w:rsid w:val="000E6679"/>
     <w:rsid w:val="000E737A"/>
     <w:rsid w:val="000E763F"/>
     <w:rsid w:val="00101355"/>
     <w:rsid w:val="0010335F"/>
     <w:rsid w:val="00110B55"/>
@@ -4362,50 +4408,51 @@
     <w:rsid w:val="002828A1"/>
     <w:rsid w:val="00286BA3"/>
     <w:rsid w:val="002A21FD"/>
     <w:rsid w:val="002A29B5"/>
     <w:rsid w:val="002A7226"/>
     <w:rsid w:val="002B38B8"/>
     <w:rsid w:val="002B6611"/>
     <w:rsid w:val="002B7C06"/>
     <w:rsid w:val="002C16C7"/>
     <w:rsid w:val="002C508F"/>
     <w:rsid w:val="002C5D18"/>
     <w:rsid w:val="002F7471"/>
     <w:rsid w:val="00315013"/>
     <w:rsid w:val="00323960"/>
     <w:rsid w:val="00327267"/>
     <w:rsid w:val="0032753F"/>
     <w:rsid w:val="003345E4"/>
     <w:rsid w:val="0034232E"/>
     <w:rsid w:val="00346F35"/>
     <w:rsid w:val="003514F7"/>
     <w:rsid w:val="003577DF"/>
     <w:rsid w:val="003612ED"/>
     <w:rsid w:val="00362E66"/>
     <w:rsid w:val="003679C0"/>
     <w:rsid w:val="00371262"/>
+    <w:rsid w:val="003730D8"/>
     <w:rsid w:val="00384914"/>
     <w:rsid w:val="003907AE"/>
     <w:rsid w:val="003A17D6"/>
     <w:rsid w:val="003A2698"/>
     <w:rsid w:val="003B38B6"/>
     <w:rsid w:val="003B44E8"/>
     <w:rsid w:val="003C5151"/>
     <w:rsid w:val="003C657B"/>
     <w:rsid w:val="003D709A"/>
     <w:rsid w:val="003E30C9"/>
     <w:rsid w:val="003F0376"/>
     <w:rsid w:val="003F1EE9"/>
     <w:rsid w:val="003F4735"/>
     <w:rsid w:val="00400028"/>
     <w:rsid w:val="00406394"/>
     <w:rsid w:val="00417312"/>
     <w:rsid w:val="004176E3"/>
     <w:rsid w:val="00422C89"/>
     <w:rsid w:val="0042657D"/>
     <w:rsid w:val="00432F0F"/>
     <w:rsid w:val="00441250"/>
     <w:rsid w:val="0045742F"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00466E96"/>
     <w:rsid w:val="00472059"/>
@@ -4529,98 +4576,100 @@
     <w:rsid w:val="00A11631"/>
     <w:rsid w:val="00A13D32"/>
     <w:rsid w:val="00A1508F"/>
     <w:rsid w:val="00A2229B"/>
     <w:rsid w:val="00A37FA0"/>
     <w:rsid w:val="00A41600"/>
     <w:rsid w:val="00A4363A"/>
     <w:rsid w:val="00A6647C"/>
     <w:rsid w:val="00A72B35"/>
     <w:rsid w:val="00A80E5C"/>
     <w:rsid w:val="00A8508E"/>
     <w:rsid w:val="00A9342D"/>
     <w:rsid w:val="00A938AA"/>
     <w:rsid w:val="00AA7851"/>
     <w:rsid w:val="00AC5EFB"/>
     <w:rsid w:val="00AC7AD8"/>
     <w:rsid w:val="00AE34A6"/>
     <w:rsid w:val="00AE7E2C"/>
     <w:rsid w:val="00AF32F7"/>
     <w:rsid w:val="00AF7F36"/>
     <w:rsid w:val="00B10832"/>
     <w:rsid w:val="00B12D77"/>
     <w:rsid w:val="00B14BEA"/>
     <w:rsid w:val="00B3612A"/>
     <w:rsid w:val="00B446B2"/>
+    <w:rsid w:val="00B53E4E"/>
     <w:rsid w:val="00B56EDD"/>
     <w:rsid w:val="00B60C7C"/>
     <w:rsid w:val="00B67279"/>
     <w:rsid w:val="00B87EC6"/>
     <w:rsid w:val="00B9036D"/>
     <w:rsid w:val="00B944E7"/>
     <w:rsid w:val="00B94EBF"/>
     <w:rsid w:val="00B96A98"/>
     <w:rsid w:val="00BA1D60"/>
     <w:rsid w:val="00BA359F"/>
     <w:rsid w:val="00BB330D"/>
     <w:rsid w:val="00BB37A9"/>
     <w:rsid w:val="00BB3F2D"/>
     <w:rsid w:val="00BC22B6"/>
     <w:rsid w:val="00BC5C1A"/>
     <w:rsid w:val="00BC6EEE"/>
     <w:rsid w:val="00BD2FEF"/>
     <w:rsid w:val="00BD5BD2"/>
     <w:rsid w:val="00BE59E8"/>
     <w:rsid w:val="00BF407D"/>
     <w:rsid w:val="00C04598"/>
     <w:rsid w:val="00C060B4"/>
     <w:rsid w:val="00C10BDE"/>
     <w:rsid w:val="00C13D00"/>
     <w:rsid w:val="00C260A7"/>
     <w:rsid w:val="00C32BE5"/>
     <w:rsid w:val="00C413B2"/>
     <w:rsid w:val="00C57442"/>
     <w:rsid w:val="00C61C74"/>
     <w:rsid w:val="00C725C8"/>
     <w:rsid w:val="00C7446D"/>
     <w:rsid w:val="00C817A5"/>
     <w:rsid w:val="00C82B42"/>
     <w:rsid w:val="00C83509"/>
     <w:rsid w:val="00C86A42"/>
     <w:rsid w:val="00C91F7C"/>
     <w:rsid w:val="00C9765F"/>
     <w:rsid w:val="00CC1226"/>
     <w:rsid w:val="00CC4E23"/>
     <w:rsid w:val="00CC5E54"/>
     <w:rsid w:val="00CC5E68"/>
     <w:rsid w:val="00CD3981"/>
     <w:rsid w:val="00CD43CD"/>
     <w:rsid w:val="00CD44F3"/>
     <w:rsid w:val="00CD6BAD"/>
     <w:rsid w:val="00CE263E"/>
     <w:rsid w:val="00CE69FD"/>
     <w:rsid w:val="00CF022D"/>
+    <w:rsid w:val="00D1355B"/>
     <w:rsid w:val="00D25B86"/>
     <w:rsid w:val="00D326D8"/>
     <w:rsid w:val="00D35DEE"/>
     <w:rsid w:val="00D41666"/>
     <w:rsid w:val="00D54384"/>
     <w:rsid w:val="00D54ABB"/>
     <w:rsid w:val="00D55901"/>
     <w:rsid w:val="00D57EC8"/>
     <w:rsid w:val="00D73FB7"/>
     <w:rsid w:val="00D8083B"/>
     <w:rsid w:val="00D90181"/>
     <w:rsid w:val="00DA639D"/>
     <w:rsid w:val="00DD05CB"/>
     <w:rsid w:val="00DE2909"/>
     <w:rsid w:val="00DF3438"/>
     <w:rsid w:val="00DF462A"/>
     <w:rsid w:val="00E024C5"/>
     <w:rsid w:val="00E169D4"/>
     <w:rsid w:val="00E23A06"/>
     <w:rsid w:val="00E27833"/>
     <w:rsid w:val="00E40D1B"/>
     <w:rsid w:val="00E46CB7"/>
     <w:rsid w:val="00E527D6"/>
     <w:rsid w:val="00E52F89"/>
     <w:rsid w:val="00E544DA"/>
@@ -4640,73 +4689,74 @@
     <w:rsid w:val="00FA1F53"/>
     <w:rsid w:val="00FA3F92"/>
     <w:rsid w:val="00FA796A"/>
     <w:rsid w:val="00FB51F5"/>
     <w:rsid w:val="00FE24B9"/>
     <w:rsid w:val="00FE675F"/>
     <w:rsid w:val="00FF11C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="77F50A88"/>
   <w15:docId w15:val="{57F440C4-B0E5-4B68-9B3D-D8097C52F799}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5033,50 +5083,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002B6611"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="sr-Latn-CS" w:eastAsia="sr-Latn-CS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char1"/>
     <w:qFormat/>
     <w:rsid w:val="002B6611"/>
     <w:pPr>
       <w:keepNext/>
@@ -6490,76 +6545,88 @@
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderorfooterDavid">
     <w:name w:val="Header or footer + David"/>
     <w:aliases w:val="10,5 pt,Not Bold"/>
     <w:rsid w:val="0088579E"/>
     <w:rPr>
       <w:rFonts w:ascii="David" w:hAnsi="David"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="21"/>
       <w:u w:val="none"/>
       <w:lang w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003730D8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="windows-1250"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/53_Nastavnik_Dragana%20Turni&#263;.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Knjiga%20nastavnika/62._Kvalifikacije%20nastavnika_Darko%20Zivkovic,%20docent.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6822,66 +6889,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC125FF7-C805-487D-A40F-9500D6380B78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>308</Words>
-  <Characters>1756</Characters>
+  <Words>312</Words>
+  <Characters>1779</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>УПУТСТВА ЗА ПРИПРЕМУ ДОКУМЕНТАЦИЈЕ ЗА АКРЕДИТАЦИЈУ ВИСОКОШКОЛСКЕ УСТАНОВЕ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2060</CharactersWithSpaces>
+  <CharactersWithSpaces>2087</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>УПУТСТВА ЗА ПРИПРЕМУ ДОКУМЕНТАЦИЈЕ ЗА АКРЕДИТАЦИЈУ ВИСОКОШКОЛСКЕ УСТАНОВЕ</dc:title>
   <dc:creator>Sofija Pekic Quarrie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>